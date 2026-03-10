--- v0 (2026-01-12)
+++ v1 (2026-03-10)
@@ -1138,300 +1138,300 @@
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA1</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Jesús Toro</v>
+        <v>Sebastian Salazar (Kiko)</v>
       </c>
       <c r="E9">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>303874</v>
+        <v>59</v>
       </c>
       <c r="H9" t="str">
-        <v>chucho61</v>
+        <v>kiko17</v>
       </c>
       <c r="I9">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J9">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Camilo sanchez</v>
+        <v>Jesús Toro</v>
       </c>
       <c r="E10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F10">
-        <v>63</v>
+        <v>62</v>
+      </c>
+      <c r="G10">
+        <v>303874</v>
       </c>
       <c r="H10" t="str">
-        <v>camilo96</v>
+        <v>chucho61</v>
       </c>
       <c r="I10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J10">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="K10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>5</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>4</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>MA2</v>
+        <v>MA1</v>
       </c>
       <c r="B11" t="str">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Sebastian Salazar (Kiko)</v>
+        <v>Camilo sanchez</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F11">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H11" t="str">
-        <v>kiko17</v>
+        <v>camilo96</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J11">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
-        <v>T2</v>
+        <v>T1</v>
       </c>
       <c r="C12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D12" t="str">
         <v>Marlon Calderón Navarro</v>
       </c>
       <c r="E12">
         <v>3</v>
       </c>
       <c r="F12">
         <v>62</v>
       </c>
       <c r="H12" t="str">
         <v>marlonult23</v>
       </c>
       <c r="I12">
         <v>3</v>
       </c>
       <c r="J12">
         <v>62</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
@@ -1467,54 +1467,54 @@
       </c>
       <c r="W12">
         <v>4</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>4</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA2</v>
       </c>
       <c r="B13" t="str">
-        <v>T2</v>
+        <v>T1</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D13" t="str">
         <v>Verliac</v>
       </c>
       <c r="E13">
         <v>3</v>
       </c>
       <c r="F13">
         <v>62</v>
       </c>
       <c r="H13" t="str">
         <v>joelverliac</v>
       </c>
       <c r="I13">
         <v>3</v>
       </c>
       <c r="J13">
         <v>62</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
@@ -1550,54 +1550,54 @@
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA2</v>
       </c>
       <c r="B14" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D14" t="str">
         <v>Thomas Manders</v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14">
         <v>63</v>
       </c>
       <c r="H14" t="str">
         <v>tommymanders</v>
       </c>
       <c r="I14">
         <v>4</v>
       </c>
       <c r="J14">
         <v>63</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
@@ -1633,54 +1633,54 @@
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>4</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA2</v>
       </c>
       <c r="B15" t="str">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Juan David Reyes López</v>
       </c>
       <c r="E15">
         <v>5</v>
       </c>
       <c r="F15">
         <v>64</v>
       </c>
       <c r="H15" t="str">
         <v>primigo34</v>
       </c>
       <c r="I15">
         <v>5</v>
       </c>
       <c r="J15">
         <v>64</v>
       </c>
       <c r="K15">
         <v>5</v>
       </c>
       <c r="L15">
         <v>5</v>
       </c>
@@ -1716,54 +1716,54 @@
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>4</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA2</v>
       </c>
       <c r="B16" t="str">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C16">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D16" t="str">
         <v>Diego Arango</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>66</v>
       </c>
       <c r="H16" t="str">
         <v>diegoarango24</v>
       </c>
       <c r="I16">
         <v>7</v>
       </c>
       <c r="J16">
         <v>66</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
@@ -1799,54 +1799,54 @@
       </c>
       <c r="W16">
         <v>5</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>5</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA2</v>
       </c>
       <c r="B17" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C17">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D17" t="str">
         <v>Juanda Davila</v>
       </c>
       <c r="E17">
         <v>10</v>
       </c>
       <c r="F17">
         <v>69</v>
       </c>
       <c r="G17">
         <v>313176</v>
       </c>
       <c r="H17" t="str">
         <v>juandadavila</v>
       </c>
       <c r="I17">
         <v>10</v>
       </c>
       <c r="J17">
         <v>69</v>
       </c>
       <c r="K17">
         <v>4</v>
       </c>
@@ -1885,54 +1885,54 @@
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
         <v>4</v>
       </c>
       <c r="Y17">
         <v>4</v>
       </c>
       <c r="Z17">
         <v>4</v>
       </c>
       <c r="AA17">
         <v>4</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA2</v>
       </c>
       <c r="B18" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C18">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D18" t="str">
         <v>Nevio Y</v>
       </c>
       <c r="E18">
         <v>14</v>
       </c>
       <c r="F18">
         <v>73</v>
       </c>
       <c r="H18" t="str">
         <v>nevioyepes83</v>
       </c>
       <c r="I18">
         <v>14</v>
       </c>
       <c r="J18">
         <v>73</v>
       </c>
       <c r="K18">
         <v>5</v>
       </c>
       <c r="L18">
         <v>4</v>
       </c>