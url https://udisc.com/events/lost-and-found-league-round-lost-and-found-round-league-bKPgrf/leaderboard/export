--- v0 (2025-11-22)
+++ v1 (2025-12-12)
@@ -1172,66 +1172,66 @@
       </c>
       <c r="AB8">
         <v>5</v>
       </c>
       <c r="AC8">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>PayN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Paul Gutierrez</v>
       </c>
       <c r="E9">
         <v>15</v>
       </c>
       <c r="F9">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
         <v>105466</v>
       </c>
       <c r="I9" t="str">
         <v>purehyzer</v>
       </c>
       <c r="J9">
         <v>15</v>
       </c>
       <c r="K9">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>6</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
@@ -1239,50 +1239,53 @@
         <v>5</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>6</v>
       </c>
       <c r="Y9">
         <v>7</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>8</v>
       </c>
       <c r="AB9">
         <v>4</v>
+      </c>
+      <c r="AC9">
+        <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>PayN</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
         <v>Kileab Ammons</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>70</v>
       </c>
       <c r="G10">
         <v>2</v>
       </c>
       <c r="H10">
         <v>150106</v>
       </c>
       <c r="I10" t="str">