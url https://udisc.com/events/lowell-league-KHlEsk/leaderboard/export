--- v0 (2025-12-19)
+++ v1 (2026-02-24)
@@ -1115,50 +1115,53 @@
         <v>33</v>
       </c>
       <c r="L18">
         <v>26</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>DDD</v>
       </c>
       <c r="B19" t="str">
         <v>1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E19">
         <v>-31</v>
       </c>
       <c r="F19">
         <v>41</v>
       </c>
+      <c r="G19">
+        <v>321062</v>
+      </c>
       <c r="H19" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I19">
         <v>-17</v>
       </c>
       <c r="J19">
         <v>-14</v>
       </c>
       <c r="K19">
         <v>19</v>
       </c>
       <c r="L19">
         <v>22</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>DDD</v>
       </c>
       <c r="B20" t="str">
         <v>2</v>
       </c>
       <c r="C20">
         <v>2</v>
@@ -2502,50 +2505,53 @@
         <v>3</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>DDD</v>
       </c>
       <c r="B19" t="str">
         <v>1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E19">
         <v>-17</v>
       </c>
       <c r="F19">
         <v>19</v>
       </c>
+      <c r="G19">
+        <v>321062</v>
+      </c>
       <c r="H19" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I19">
         <v>-17</v>
       </c>
       <c r="J19">
         <v>19</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>1</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>1</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
@@ -4009,50 +4015,53 @@
         <v>2</v>
       </c>
       <c r="V18">
         <v>1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>DDD</v>
       </c>
       <c r="B19" t="str">
         <v>1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E19">
         <v>-31</v>
       </c>
       <c r="F19">
         <v>41</v>
       </c>
+      <c r="G19">
+        <v>321062</v>
+      </c>
       <c r="H19" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I19">
         <v>-14</v>
       </c>
       <c r="J19">
         <v>22</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>1</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">