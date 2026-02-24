--- v0 (2026-01-31)
+++ v1 (2026-02-24)
@@ -1153,50 +1153,53 @@
         <v>36</v>
       </c>
       <c r="L19">
         <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>DDD</v>
       </c>
       <c r="B20" t="str">
         <v>1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E20">
         <v>-29</v>
       </c>
       <c r="F20">
         <v>43</v>
       </c>
+      <c r="G20">
+        <v>321062</v>
+      </c>
       <c r="H20" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I20">
         <v>-13</v>
       </c>
       <c r="J20">
         <v>-16</v>
       </c>
       <c r="K20">
         <v>23</v>
       </c>
       <c r="L20">
         <v>20</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>DDD</v>
       </c>
       <c r="B21" t="str">
         <v>2</v>
       </c>
       <c r="C21">
         <v>2</v>
@@ -2705,50 +2708,53 @@
         <v>1</v>
       </c>
       <c r="V20">
         <v>1</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>DDD</v>
       </c>
       <c r="B21" t="str">
         <v>2</v>
       </c>
       <c r="C21">
         <v>2</v>
       </c>
       <c r="D21" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E21">
         <v>-13</v>
       </c>
       <c r="F21">
         <v>23</v>
       </c>
+      <c r="G21">
+        <v>321062</v>
+      </c>
       <c r="H21" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I21">
         <v>-13</v>
       </c>
       <c r="J21">
         <v>23</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>1</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
@@ -4280,50 +4286,53 @@
         <v>5</v>
       </c>
       <c r="V19">
         <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>DDD</v>
       </c>
       <c r="B20" t="str">
         <v>1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E20">
         <v>-29</v>
       </c>
       <c r="F20">
         <v>43</v>
       </c>
+      <c r="G20">
+        <v>321062</v>
+      </c>
       <c r="H20" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I20">
         <v>-16</v>
       </c>
       <c r="J20">
         <v>20</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">