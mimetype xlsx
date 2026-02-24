--- v0 (2026-01-31)
+++ v1 (2026-02-24)
@@ -1223,50 +1223,53 @@
         <v>29</v>
       </c>
       <c r="L21">
         <v>33</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>DDD</v>
       </c>
       <c r="B22" t="str">
         <v>1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E22">
         <v>-28</v>
       </c>
       <c r="F22">
         <v>44</v>
       </c>
+      <c r="G22">
+        <v>321062</v>
+      </c>
       <c r="H22" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I22">
         <v>-16</v>
       </c>
       <c r="J22">
         <v>-12</v>
       </c>
       <c r="K22">
         <v>20</v>
       </c>
       <c r="L22">
         <v>24</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>DDD</v>
       </c>
       <c r="B23" t="str">
         <v>2</v>
       </c>
       <c r="C23">
         <v>2</v>
@@ -2843,50 +2846,53 @@
         <v>1</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>DDD</v>
       </c>
       <c r="B22" t="str">
         <v>1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E22">
         <v>-16</v>
       </c>
       <c r="F22">
         <v>20</v>
       </c>
+      <c r="G22">
+        <v>321062</v>
+      </c>
       <c r="H22" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I22">
         <v>-16</v>
       </c>
       <c r="J22">
         <v>20</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>1</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>1</v>
       </c>
       <c r="P22">
@@ -4613,50 +4619,53 @@
         <v>2</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>DDD</v>
       </c>
       <c r="B22" t="str">
         <v>1</v>
       </c>
       <c r="C22">
         <v>1</v>
       </c>
       <c r="D22" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E22">
         <v>-28</v>
       </c>
       <c r="F22">
         <v>44</v>
       </c>
+      <c r="G22">
+        <v>321062</v>
+      </c>
       <c r="H22" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I22">
         <v>-12</v>
       </c>
       <c r="J22">
         <v>24</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>1</v>
       </c>
       <c r="N22">
         <v>1</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">