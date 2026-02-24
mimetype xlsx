--- v0 (2026-01-31)
+++ v1 (2026-02-24)
@@ -1305,50 +1305,53 @@
         <v>36</v>
       </c>
       <c r="L23">
         <v>39</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>DDD</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E24">
         <v>-24</v>
       </c>
       <c r="F24">
         <v>48</v>
       </c>
+      <c r="G24">
+        <v>321062</v>
+      </c>
       <c r="H24" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I24">
         <v>-13</v>
       </c>
       <c r="J24">
         <v>-11</v>
       </c>
       <c r="K24">
         <v>23</v>
       </c>
       <c r="L24">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>DDD</v>
       </c>
       <c r="B25" t="str">
         <v>2</v>
       </c>
       <c r="C25">
         <v>2</v>
@@ -3032,50 +3035,53 @@
         <v>5</v>
       </c>
       <c r="V23">
         <v>5</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>DDD</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E24">
         <v>-13</v>
       </c>
       <c r="F24">
         <v>23</v>
       </c>
+      <c r="G24">
+        <v>321062</v>
+      </c>
       <c r="H24" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I24">
         <v>-13</v>
       </c>
       <c r="J24">
         <v>23</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>1</v>
       </c>
       <c r="N24">
         <v>1</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
@@ -4879,50 +4885,53 @@
         <v>5</v>
       </c>
       <c r="V23">
         <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>DDD</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E24">
         <v>-24</v>
       </c>
       <c r="F24">
         <v>48</v>
       </c>
+      <c r="G24">
+        <v>321062</v>
+      </c>
       <c r="H24" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I24">
         <v>-11</v>
       </c>
       <c r="J24">
         <v>25</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>2</v>
       </c>
       <c r="M24">
         <v>2</v>
       </c>
       <c r="N24">
         <v>1</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">