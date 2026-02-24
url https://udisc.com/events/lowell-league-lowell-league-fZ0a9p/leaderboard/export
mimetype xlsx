--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -1410,50 +1410,53 @@
         <v>23</v>
       </c>
       <c r="L26">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>DDD</v>
       </c>
       <c r="B27" t="str">
         <v>3</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E27">
         <v>-16</v>
       </c>
       <c r="F27">
         <v>56</v>
       </c>
+      <c r="G27">
+        <v>321062</v>
+      </c>
       <c r="H27" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I27">
         <v>-8</v>
       </c>
       <c r="J27">
         <v>-8</v>
       </c>
       <c r="K27">
         <v>28</v>
       </c>
       <c r="L27">
         <v>28</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>DDD</v>
       </c>
       <c r="B28" t="str">
         <v>4</v>
       </c>
       <c r="C28">
         <v>4</v>
@@ -3408,50 +3411,53 @@
         <v>2</v>
       </c>
       <c r="V26">
         <v>1</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>DDD</v>
       </c>
       <c r="B27" t="str">
         <v>3</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E27">
         <v>-8</v>
       </c>
       <c r="F27">
         <v>28</v>
       </c>
+      <c r="G27">
+        <v>321062</v>
+      </c>
       <c r="H27" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I27">
         <v>-8</v>
       </c>
       <c r="J27">
         <v>28</v>
       </c>
       <c r="K27">
         <v>5</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>1</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
@@ -5586,50 +5592,53 @@
         <v>1</v>
       </c>
       <c r="V26">
         <v>1</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>DDD</v>
       </c>
       <c r="B27" t="str">
         <v>3</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E27">
         <v>-16</v>
       </c>
       <c r="F27">
         <v>56</v>
       </c>
+      <c r="G27">
+        <v>321062</v>
+      </c>
       <c r="H27" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I27">
         <v>-8</v>
       </c>
       <c r="J27">
         <v>28</v>
       </c>
       <c r="K27">
         <v>5</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
         <v>1</v>
       </c>
       <c r="O27">
         <v>2</v>
       </c>
       <c r="P27">