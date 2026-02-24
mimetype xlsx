--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -1673,50 +1673,53 @@
         <v>33</v>
       </c>
       <c r="L33">
         <v>35</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>DDD</v>
       </c>
       <c r="B34" t="str">
         <v>1</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E34">
         <v>-18</v>
       </c>
       <c r="F34">
         <v>54</v>
       </c>
+      <c r="G34">
+        <v>321062</v>
+      </c>
       <c r="H34" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I34">
         <v>-7</v>
       </c>
       <c r="J34">
         <v>-11</v>
       </c>
       <c r="K34">
         <v>29</v>
       </c>
       <c r="L34">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>DDD</v>
       </c>
       <c r="B35" t="str">
         <v>2</v>
       </c>
       <c r="C35">
         <v>2</v>
@@ -4106,50 +4109,53 @@
         <v>5</v>
       </c>
       <c r="V33">
         <v>5</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>DDD</v>
       </c>
       <c r="B34" t="str">
         <v>1</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E34">
         <v>-7</v>
       </c>
       <c r="F34">
         <v>29</v>
       </c>
+      <c r="G34">
+        <v>321062</v>
+      </c>
       <c r="H34" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I34">
         <v>-7</v>
       </c>
       <c r="J34">
         <v>29</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>1</v>
       </c>
       <c r="O34">
         <v>5</v>
       </c>
       <c r="P34">
@@ -6683,50 +6689,53 @@
         <v>5</v>
       </c>
       <c r="V33">
         <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>DDD</v>
       </c>
       <c r="B34" t="str">
         <v>1</v>
       </c>
       <c r="C34">
         <v>1</v>
       </c>
       <c r="D34" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E34">
         <v>-18</v>
       </c>
       <c r="F34">
         <v>54</v>
       </c>
+      <c r="G34">
+        <v>321062</v>
+      </c>
       <c r="H34" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I34">
         <v>-11</v>
       </c>
       <c r="J34">
         <v>25</v>
       </c>
       <c r="K34">
         <v>2</v>
       </c>
       <c r="L34">
         <v>1</v>
       </c>
       <c r="M34">
         <v>1</v>
       </c>
       <c r="N34">
         <v>1</v>
       </c>
       <c r="O34">
         <v>1</v>
       </c>
       <c r="P34">