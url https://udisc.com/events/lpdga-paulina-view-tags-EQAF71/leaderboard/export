--- v0 (2025-10-06)
+++ v1 (2026-01-31)
@@ -2160,50 +2160,53 @@
         <v>4</v>
       </c>
       <c r="AB20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>Charlie Yates</v>
       </c>
       <c r="E21">
         <v>19</v>
       </c>
       <c r="F21">
         <v>78</v>
       </c>
+      <c r="G21">
+        <v>314662</v>
+      </c>
       <c r="H21" t="str">
         <v>charlieyates</v>
       </c>
       <c r="I21">
         <v>19</v>
       </c>
       <c r="J21">
         <v>78</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>6</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">