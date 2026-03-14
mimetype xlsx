--- v0 (2026-01-31)
+++ v1 (2026-03-14)
@@ -1128,51 +1128,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>120</v>
       </c>
       <c r="G19">
         <v>170882</v>
       </c>
       <c r="H19" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>-1</v>
       </c>
       <c r="K19">
         <v>63</v>
       </c>
       <c r="L19">
         <v>57</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
@@ -3611,51 +3611,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E22">
         <v>5</v>
       </c>
       <c r="F22">
         <v>63</v>
       </c>
       <c r="G22">
         <v>170882</v>
       </c>
       <c r="H22" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I22">
         <v>5</v>
       </c>
       <c r="J22">
         <v>63</v>
       </c>
       <c r="K22">
         <v>2</v>
       </c>
       <c r="L22">
         <v>4</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>5</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
@@ -6424,51 +6424,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E19">
         <v>4</v>
       </c>
       <c r="F19">
         <v>120</v>
       </c>
       <c r="G19">
         <v>170882</v>
       </c>
       <c r="H19" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I19">
         <v>-1</v>
       </c>
       <c r="J19">
         <v>57</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>4</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>