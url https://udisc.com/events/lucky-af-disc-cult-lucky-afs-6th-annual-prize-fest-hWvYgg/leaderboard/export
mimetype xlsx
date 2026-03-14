--- v0 (2026-01-31)
+++ v1 (2026-03-14)
@@ -765,51 +765,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E8">
         <v>-14</v>
       </c>
       <c r="F8">
         <v>67</v>
       </c>
       <c r="G8">
         <v>170882</v>
       </c>
       <c r="H8" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>-6</v>
       </c>
       <c r="K8">
         <v>-5</v>
       </c>
       <c r="L8">
         <v>24</v>
       </c>
       <c r="M8">
         <v>21</v>
       </c>
       <c r="N8">
         <v>22</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
@@ -1529,52 +1529,55 @@
         <v>28</v>
       </c>
       <c r="N25">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Elijah Abel</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>83</v>
       </c>
+      <c r="G26">
+        <v>323395</v>
+      </c>
       <c r="H26" t="str">
-        <v>blackhamsta</v>
+        <v>elijahabel</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>2</v>
       </c>
       <c r="K26">
         <v>0</v>
       </c>
       <c r="L26">
         <v>27</v>
       </c>
       <c r="M26">
         <v>29</v>
       </c>
       <c r="N26">
         <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
@@ -2583,51 +2586,51 @@
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E12">
         <v>-3</v>
       </c>
       <c r="F12">
         <v>24</v>
       </c>
       <c r="G12">
         <v>170882</v>
       </c>
       <c r="H12" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
         <v>24</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
@@ -3384,52 +3387,55 @@
         <v>3</v>
       </c>
       <c r="S25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Elijah Abel</v>
       </c>
       <c r="E26">
         <v>0</v>
       </c>
       <c r="F26">
         <v>27</v>
       </c>
+      <c r="G26">
+        <v>323395</v>
+      </c>
       <c r="H26" t="str">
-        <v>blackhamsta</v>
+        <v>elijahabel</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>27</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
@@ -4343,51 +4349,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E8">
         <v>-9</v>
       </c>
       <c r="F8">
         <v>45</v>
       </c>
       <c r="G8">
         <v>170882</v>
       </c>
       <c r="H8" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
         <v>21</v>
       </c>
       <c r="K8">
         <v>4</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
@@ -5492,52 +5498,55 @@
         <v>3</v>
       </c>
       <c r="S27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
         <v>Elijah Abel</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>56</v>
       </c>
+      <c r="G28">
+        <v>323395</v>
+      </c>
       <c r="H28" t="str">
-        <v>blackhamsta</v>
+        <v>elijahabel</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
       <c r="J28">
         <v>29</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>2</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>
@@ -6336,51 +6345,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Manuel Villagomez</v>
       </c>
       <c r="E8">
         <v>-14</v>
       </c>
       <c r="F8">
         <v>67</v>
       </c>
       <c r="G8">
         <v>170882</v>
       </c>
       <c r="H8" t="str">
-        <v>gravydragon420</v>
+        <v>milkmandad</v>
       </c>
       <c r="I8">
         <v>-5</v>
       </c>
       <c r="J8">
         <v>22</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>2</v>
       </c>
@@ -7370,52 +7379,55 @@
         <v>3</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v>Elijah Abel</v>
       </c>
       <c r="E26">
         <v>2</v>
       </c>
       <c r="F26">
         <v>83</v>
       </c>
+      <c r="G26">
+        <v>323395</v>
+      </c>
       <c r="H26" t="str">
-        <v>blackhamsta</v>
+        <v>elijahabel</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="J26">
         <v>27</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>