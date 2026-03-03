--- v0 (2025-10-28)
+++ v1 (2026-03-03)
@@ -410,555 +410,562 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:U8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
-    <col min="5" max="5" width="20.83203125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="11" width="7.83203125" customWidth="1"/>
+    <col min="5" max="5" width="25.83203125" customWidth="1"/>
+    <col min="6" max="6" width="20.83203125" customWidth="1"/>
+    <col min="7" max="7" width="17.83203125" customWidth="1"/>
+    <col min="8" max="8" width="11.83203125" customWidth="1"/>
+    <col min="9" max="9" width="9.83203125" customWidth="1"/>
+    <col min="10" max="10" width="20.83203125" customWidth="1"/>
+    <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="7.83203125" customWidth="1"/>
     <col min="13" max="13" width="7.83203125" customWidth="1"/>
     <col min="14" max="14" width="7.83203125" customWidth="1"/>
     <col min="15" max="15" width="7.83203125" customWidth="1"/>
     <col min="16" max="16" width="7.83203125" customWidth="1"/>
     <col min="17" max="17" width="7.83203125" customWidth="1"/>
     <col min="18" max="18" width="7.83203125" customWidth="1"/>
     <col min="19" max="19" width="7.83203125" customWidth="1"/>
-    <col min="20" max="20" width="8.83203125" customWidth="1"/>
+    <col min="20" max="20" width="7.83203125" customWidth="1"/>
+    <col min="21" max="21" width="8.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
       </c>
       <c r="B1" t="str">
         <v>position</v>
       </c>
       <c r="C1" t="str">
         <v>position_raw</v>
       </c>
       <c r="D1" t="str">
         <v>name</v>
       </c>
       <c r="E1" t="str">
+        <v>starting_score_adjustment</v>
+      </c>
+      <c r="F1" t="str">
         <v>event_relative_score</v>
       </c>
-      <c r="F1" t="str">
+      <c r="G1" t="str">
         <v>event_total_score</v>
       </c>
-      <c r="G1" t="str">
+      <c r="H1" t="str">
         <v>pdga_number</v>
       </c>
-      <c r="H1" t="str">
+      <c r="I1" t="str">
         <v>usernames</v>
       </c>
-      <c r="I1" t="str">
+      <c r="J1" t="str">
         <v>round_relative_score</v>
       </c>
-      <c r="J1" t="str">
+      <c r="K1" t="str">
         <v>round_total_score</v>
       </c>
-      <c r="K1" t="str">
+      <c r="L1" t="str">
         <v>hole_1S</v>
       </c>
-      <c r="L1" t="str">
+      <c r="M1" t="str">
         <v>hole_2S</v>
       </c>
-      <c r="M1" t="str">
+      <c r="N1" t="str">
         <v>hole_3S</v>
       </c>
-      <c r="N1" t="str">
+      <c r="O1" t="str">
         <v>hole_4S</v>
       </c>
-      <c r="O1" t="str">
+      <c r="P1" t="str">
         <v>hole_5S</v>
       </c>
-      <c r="P1" t="str">
+      <c r="Q1" t="str">
         <v>hole_6S</v>
       </c>
-      <c r="Q1" t="str">
+      <c r="R1" t="str">
         <v>hole_7S</v>
       </c>
-      <c r="R1" t="str">
+      <c r="S1" t="str">
         <v>hole_8S</v>
       </c>
-      <c r="S1" t="str">
+      <c r="T1" t="str">
         <v>hole_9S</v>
       </c>
-      <c r="T1" t="str">
+      <c r="U1" t="str">
         <v>hole_10S</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>PJ Bergeron &amp; Liam Wolfram &amp; Bryan Smith</v>
       </c>
-      <c r="E2">
+      <c r="F2">
         <v>-4</v>
       </c>
-      <c r="F2">
+      <c r="G2">
         <v>38</v>
       </c>
-      <c r="H2" t="str">
+      <c r="I2" t="str">
         <v>pjberg,wolframl,bsizzle87</v>
       </c>
-      <c r="I2">
+      <c r="J2">
         <v>-4</v>
       </c>
-      <c r="J2">
+      <c r="K2">
         <v>38</v>
       </c>
-      <c r="K2">
-[...1 lines deleted...]
-      </c>
       <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
         <v>6</v>
       </c>
-      <c r="M2">
-[...1 lines deleted...]
-      </c>
       <c r="N2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
+        <v>4</v>
+      </c>
+      <c r="S2">
         <v>2</v>
       </c>
-      <c r="S2">
-[...1 lines deleted...]
-      </c>
       <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
         <v>5</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Tyler Hanson &amp; Wesley Krombel</v>
       </c>
-      <c r="E3">
+      <c r="F3">
         <v>-4</v>
       </c>
-      <c r="F3">
+      <c r="G3">
         <v>38</v>
       </c>
-      <c r="H3" t="str">
+      <c r="I3" t="str">
         <v>thanson,wesleykrombel</v>
       </c>
-      <c r="I3">
+      <c r="J3">
         <v>-4</v>
       </c>
-      <c r="J3">
+      <c r="K3">
         <v>38</v>
       </c>
-      <c r="K3">
-[...1 lines deleted...]
-      </c>
       <c r="L3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R3">
+        <v>5</v>
+      </c>
+      <c r="S3">
         <v>2</v>
       </c>
-      <c r="S3">
-[...1 lines deleted...]
-      </c>
       <c r="T3">
+        <v>3</v>
+      </c>
+      <c r="U3">
         <v>5</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Tim Breault &amp; Mike Conner &amp; Errol</v>
       </c>
-      <c r="E4">
+      <c r="F4">
         <v>-2</v>
       </c>
-      <c r="F4">
+      <c r="G4">
         <v>40</v>
       </c>
-      <c r="H4" t="str">
+      <c r="I4" t="str">
         <v>tbreault1089,mjconner89,errol64</v>
       </c>
-      <c r="I4">
+      <c r="J4">
         <v>-2</v>
       </c>
-      <c r="J4">
+      <c r="K4">
         <v>40</v>
       </c>
-      <c r="K4">
-[...1 lines deleted...]
-      </c>
       <c r="L4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R4">
+        <v>4</v>
+      </c>
+      <c r="S4">
         <v>2</v>
       </c>
-      <c r="S4">
-[...1 lines deleted...]
-      </c>
       <c r="T4">
+        <v>4</v>
+      </c>
+      <c r="U4">
         <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Bryan Bausinger &amp; Aidan Cahill &amp; Aaron Summers</v>
       </c>
-      <c r="E5">
+      <c r="F5">
         <v>-1</v>
       </c>
-      <c r="F5">
+      <c r="G5">
         <v>41</v>
       </c>
-      <c r="H5" t="str">
+      <c r="I5" t="str">
         <v>bausinger,acahill63,summs0410</v>
       </c>
-      <c r="I5">
+      <c r="J5">
         <v>-1</v>
       </c>
-      <c r="J5">
+      <c r="K5">
         <v>41</v>
       </c>
-      <c r="K5">
-[...1 lines deleted...]
-      </c>
       <c r="L5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R5">
+        <v>4</v>
+      </c>
+      <c r="S5">
         <v>2</v>
       </c>
-      <c r="S5">
-[...1 lines deleted...]
-      </c>
       <c r="T5">
+        <v>4</v>
+      </c>
+      <c r="U5">
         <v>5</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Greg Gwara &amp; Aaron Paradis &amp; Skyler Phelan</v>
       </c>
-      <c r="E6">
+      <c r="F6">
         <v>-1</v>
       </c>
-      <c r="F6">
+      <c r="G6">
         <v>41</v>
       </c>
-      <c r="H6" t="str">
+      <c r="I6" t="str">
         <v>ggwara21,medicalpenguin,skylerdg</v>
       </c>
-      <c r="I6">
+      <c r="J6">
         <v>-1</v>
       </c>
-      <c r="J6">
+      <c r="K6">
         <v>41</v>
       </c>
-      <c r="K6">
-[...1 lines deleted...]
-      </c>
       <c r="L6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
         <v>2</v>
       </c>
-      <c r="S6">
-[...1 lines deleted...]
-      </c>
       <c r="T6">
+        <v>4</v>
+      </c>
+      <c r="U6">
         <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Natale DiNatale &amp; Wade Smith</v>
       </c>
-      <c r="E7">
+      <c r="F7">
         <v>1</v>
       </c>
-      <c r="F7">
+      <c r="G7">
         <v>43</v>
       </c>
-      <c r="H7" t="str">
+      <c r="I7" t="str">
         <v>christmasx2,wadems</v>
       </c>
-      <c r="I7">
+      <c r="J7">
         <v>1</v>
       </c>
-      <c r="J7">
+      <c r="K7">
         <v>43</v>
       </c>
-      <c r="K7">
-[...1 lines deleted...]
-      </c>
       <c r="L7">
+        <v>4</v>
+      </c>
+      <c r="M7">
         <v>6</v>
       </c>
-      <c r="M7">
-[...1 lines deleted...]
-      </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>5</v>
       </c>
       <c r="R7">
+        <v>5</v>
+      </c>
+      <c r="S7">
         <v>2</v>
       </c>
-      <c r="S7">
-[...1 lines deleted...]
-      </c>
       <c r="T7">
+        <v>5</v>
+      </c>
+      <c r="U7">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Elyse Scott &amp; Doug Latham &amp; Jacek Trelski</v>
       </c>
       <c r="E8">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="F8">
+        <v>3</v>
+      </c>
+      <c r="G8">
         <v>46</v>
       </c>
-      <c r="H8" t="str">
+      <c r="I8" t="str">
         <v>elyse3scott,mahtal,jtrees</v>
       </c>
-      <c r="I8">
-[...1 lines deleted...]
-      </c>
       <c r="J8">
+        <v>3</v>
+      </c>
+      <c r="K8">
         <v>46</v>
       </c>
-      <c r="K8">
-[...1 lines deleted...]
-      </c>
       <c r="L8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
         <v>6</v>
       </c>
-      <c r="O8">
-[...1 lines deleted...]
-      </c>
       <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
         <v>6</v>
       </c>
-      <c r="Q8">
-[...1 lines deleted...]
-      </c>
       <c r="R8">
+        <v>5</v>
+      </c>
+      <c r="S8">
         <v>2</v>
       </c>
-      <c r="S8">
-[...1 lines deleted...]
-      </c>
       <c r="T8">
+        <v>5</v>
+      </c>
+      <c r="U8">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T8"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:U8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 