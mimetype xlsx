--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -8832,50 +8832,53 @@
         <v>3</v>
       </c>
       <c r="AF87">
         <v>6</v>
       </c>
     </row>
     <row r="88">
       <c r="E88" t="str">
         <v>GEN</v>
       </c>
       <c r="F88" t="str">
         <v>T1</v>
       </c>
       <c r="G88">
         <v>1</v>
       </c>
       <c r="H88" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I88">
         <v>-3</v>
       </c>
       <c r="J88">
         <v>55</v>
       </c>
+      <c r="K88">
+        <v>316186</v>
+      </c>
       <c r="L88" t="str">
         <v>pugface</v>
       </c>
       <c r="M88">
         <v>-3</v>
       </c>
       <c r="N88">
         <v>55</v>
       </c>
       <c r="O88">
         <v>3</v>
       </c>
       <c r="P88">
         <v>3</v>
       </c>
       <c r="Q88">
         <v>3</v>
       </c>
       <c r="R88">
         <v>3</v>
       </c>
       <c r="S88">
         <v>3</v>
       </c>
       <c r="T88">