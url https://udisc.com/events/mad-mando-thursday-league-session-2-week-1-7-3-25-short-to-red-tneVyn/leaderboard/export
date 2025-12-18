--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -9803,50 +9803,53 @@
       </c>
       <c r="C98">
         <v>5</v>
       </c>
       <c r="D98">
         <v>9</v>
       </c>
       <c r="E98" t="str">
         <v>GEN</v>
       </c>
       <c r="F98" t="str">
         <v>T23</v>
       </c>
       <c r="G98">
         <v>23</v>
       </c>
       <c r="H98" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I98">
         <v>-4</v>
       </c>
       <c r="J98">
         <v>50</v>
       </c>
+      <c r="K98">
+        <v>316186</v>
+      </c>
       <c r="L98" t="str">
         <v>pugface</v>
       </c>
       <c r="M98">
         <v>-4</v>
       </c>
       <c r="N98">
         <v>50</v>
       </c>
       <c r="O98">
         <v>4</v>
       </c>
       <c r="P98">
         <v>2</v>
       </c>
       <c r="Q98">
         <v>3</v>
       </c>
       <c r="R98">
         <v>2</v>
       </c>
       <c r="S98">
         <v>3</v>
       </c>
       <c r="T98">
@@ -10535,50 +10538,53 @@
       <c r="AE105">
         <v>3</v>
       </c>
       <c r="AF105">
         <v>3</v>
       </c>
     </row>
     <row r="106">
       <c r="E106" t="str">
         <v>GEN</v>
       </c>
       <c r="F106" t="str">
         <v>T29</v>
       </c>
       <c r="G106">
         <v>29</v>
       </c>
       <c r="H106" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I106">
         <v>-3</v>
       </c>
       <c r="J106">
         <v>51</v>
+      </c>
+      <c r="K106">
+        <v>163793</v>
       </c>
       <c r="L106" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M106">
         <v>-3</v>
       </c>
       <c r="N106">
         <v>51</v>
       </c>
       <c r="O106">
         <v>2</v>
       </c>
       <c r="P106">
         <v>3</v>
       </c>
       <c r="Q106">
         <v>2</v>
       </c>
       <c r="R106">
         <v>3</v>
       </c>
       <c r="S106">
         <v>3</v>
       </c>