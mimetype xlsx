--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -11118,50 +11118,53 @@
         <v>6</v>
       </c>
       <c r="AF111">
         <v>5</v>
       </c>
     </row>
     <row r="112">
       <c r="E112" t="str">
         <v>GEN</v>
       </c>
       <c r="F112" t="str">
         <v>T38</v>
       </c>
       <c r="G112">
         <v>38</v>
       </c>
       <c r="H112" t="str">
         <v>Daniel Klein</v>
       </c>
       <c r="I112">
         <v>1</v>
       </c>
       <c r="J112">
         <v>58</v>
       </c>
+      <c r="K112">
+        <v>316723</v>
+      </c>
       <c r="L112" t="str">
         <v>danielklein205</v>
       </c>
       <c r="M112">
         <v>1</v>
       </c>
       <c r="N112">
         <v>58</v>
       </c>
       <c r="O112">
         <v>3</v>
       </c>
       <c r="P112">
         <v>3</v>
       </c>
       <c r="Q112">
         <v>3</v>
       </c>
       <c r="R112">
         <v>4</v>
       </c>
       <c r="S112">
         <v>3</v>
       </c>
       <c r="T112">