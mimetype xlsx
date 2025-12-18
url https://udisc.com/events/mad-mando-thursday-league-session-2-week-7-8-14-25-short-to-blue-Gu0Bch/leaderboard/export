--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -9500,50 +9500,53 @@
       </c>
       <c r="C95">
         <v>3</v>
       </c>
       <c r="D95">
         <v>2</v>
       </c>
       <c r="E95" t="str">
         <v>GEN</v>
       </c>
       <c r="F95" t="str">
         <v>T38</v>
       </c>
       <c r="G95">
         <v>38</v>
       </c>
       <c r="H95" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I95">
         <v>1</v>
       </c>
       <c r="J95">
         <v>58</v>
       </c>
+      <c r="K95">
+        <v>163793</v>
+      </c>
       <c r="L95" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M95">
         <v>1</v>
       </c>
       <c r="N95">
         <v>58</v>
       </c>
       <c r="O95">
         <v>4</v>
       </c>
       <c r="P95">
         <v>3</v>
       </c>
       <c r="Q95">
         <v>4</v>
       </c>
       <c r="R95">
         <v>3</v>
       </c>
       <c r="S95">
         <v>3</v>
       </c>
       <c r="T95">