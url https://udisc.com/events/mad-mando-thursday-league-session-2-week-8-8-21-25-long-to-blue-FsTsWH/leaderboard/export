--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -967,50 +967,53 @@
       </c>
       <c r="C6">
         <v>-4</v>
       </c>
       <c r="D6">
         <v>-2</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>T3</v>
       </c>
       <c r="G6">
         <v>3</v>
       </c>
       <c r="H6" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>56</v>
       </c>
+      <c r="K6">
+        <v>316186</v>
+      </c>
       <c r="L6" t="str">
         <v>pugface</v>
       </c>
       <c r="M6">
         <v>-2</v>
       </c>
       <c r="N6">
         <v>56</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
@@ -5589,50 +5592,53 @@
         <v>53</v>
       </c>
       <c r="C54">
         <v>3</v>
       </c>
       <c r="D54">
         <v>-6</v>
       </c>
       <c r="E54" t="str">
         <v>GEN</v>
       </c>
       <c r="F54" t="str">
         <v>T34</v>
       </c>
       <c r="G54">
         <v>34</v>
       </c>
       <c r="H54" t="str">
         <v>Daniel Klein</v>
       </c>
       <c r="I54">
         <v>9</v>
       </c>
       <c r="J54">
         <v>67</v>
+      </c>
+      <c r="K54">
+        <v>316723</v>
       </c>
       <c r="L54" t="str">
         <v>danielklein205</v>
       </c>
       <c r="M54">
         <v>9</v>
       </c>
       <c r="N54">
         <v>67</v>
       </c>
       <c r="O54">
         <v>4</v>
       </c>
       <c r="P54">
         <v>5</v>
       </c>
       <c r="Q54">
         <v>3</v>
       </c>
       <c r="R54">
         <v>6</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>