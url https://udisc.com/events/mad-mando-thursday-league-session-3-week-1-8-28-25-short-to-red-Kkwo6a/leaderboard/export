--- v0 (2025-10-12)
+++ v1 (2025-12-18)
@@ -7867,50 +7867,53 @@
       </c>
       <c r="C78">
         <v>0</v>
       </c>
       <c r="D78">
         <v>4</v>
       </c>
       <c r="E78" t="str">
         <v>GEN</v>
       </c>
       <c r="F78" t="str">
         <v>T24</v>
       </c>
       <c r="G78">
         <v>24</v>
       </c>
       <c r="H78" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I78">
         <v>-4</v>
       </c>
       <c r="J78">
         <v>50</v>
       </c>
+      <c r="K78">
+        <v>163793</v>
+      </c>
       <c r="L78" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M78">
         <v>-4</v>
       </c>
       <c r="N78">
         <v>50</v>
       </c>
       <c r="O78">
         <v>2</v>
       </c>
       <c r="P78">
         <v>3</v>
       </c>
       <c r="Q78">
         <v>2</v>
       </c>
       <c r="R78">
         <v>4</v>
       </c>
       <c r="S78">
         <v>3</v>
       </c>
       <c r="T78">
@@ -9404,50 +9407,53 @@
         <v>93</v>
       </c>
       <c r="C94">
         <v>2</v>
       </c>
       <c r="D94">
         <v>6</v>
       </c>
       <c r="E94" t="str">
         <v>GEN</v>
       </c>
       <c r="F94" t="str">
         <v>T24</v>
       </c>
       <c r="G94">
         <v>24</v>
       </c>
       <c r="H94" t="str">
         <v>Dillon Elliott</v>
       </c>
       <c r="I94">
         <v>-4</v>
       </c>
       <c r="J94">
         <v>50</v>
+      </c>
+      <c r="K94">
+        <v>316186</v>
       </c>
       <c r="L94" t="str">
         <v>pugface</v>
       </c>
       <c r="M94">
         <v>-4</v>
       </c>
       <c r="N94">
         <v>50</v>
       </c>
       <c r="O94">
         <v>3</v>
       </c>
       <c r="P94">
         <v>2</v>
       </c>
       <c r="Q94">
         <v>3</v>
       </c>
       <c r="R94">
         <v>3</v>
       </c>
       <c r="S94">
         <v>3</v>
       </c>