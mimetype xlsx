--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -5382,50 +5382,53 @@
       </c>
       <c r="C52">
         <v>2</v>
       </c>
       <c r="D52">
         <v>-8</v>
       </c>
       <c r="E52" t="str">
         <v>GEN</v>
       </c>
       <c r="F52" t="str">
         <v>T39</v>
       </c>
       <c r="G52">
         <v>39</v>
       </c>
       <c r="H52" t="str">
         <v>Daniel Klein</v>
       </c>
       <c r="I52">
         <v>10</v>
       </c>
       <c r="J52">
         <v>68</v>
       </c>
+      <c r="K52">
+        <v>316723</v>
+      </c>
       <c r="L52" t="str">
         <v>danielklein205</v>
       </c>
       <c r="M52">
         <v>10</v>
       </c>
       <c r="N52">
         <v>68</v>
       </c>
       <c r="O52">
         <v>4</v>
       </c>
       <c r="P52">
         <v>5</v>
       </c>
       <c r="Q52">
         <v>3</v>
       </c>
       <c r="R52">
         <v>6</v>
       </c>
       <c r="S52">
         <v>3</v>
       </c>
       <c r="T52">