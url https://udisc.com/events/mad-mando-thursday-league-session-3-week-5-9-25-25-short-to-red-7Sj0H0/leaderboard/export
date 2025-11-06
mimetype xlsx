--- v0 (2025-10-12)
+++ v1 (2025-11-06)
@@ -2882,50 +2882,53 @@
       </c>
       <c r="C26">
         <v>-4</v>
       </c>
       <c r="D26">
         <v>1</v>
       </c>
       <c r="E26" t="str">
         <v>GEN</v>
       </c>
       <c r="F26" t="str">
         <v>T16</v>
       </c>
       <c r="G26">
         <v>16</v>
       </c>
       <c r="H26" t="str">
         <v>Daniel Klein</v>
       </c>
       <c r="I26">
         <v>-5</v>
       </c>
       <c r="J26">
         <v>49</v>
       </c>
+      <c r="K26">
+        <v>316723</v>
+      </c>
       <c r="L26" t="str">
         <v>danielklein205</v>
       </c>
       <c r="M26">
         <v>-5</v>
       </c>
       <c r="N26">
         <v>49</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>4</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
         <v>2</v>
       </c>
       <c r="T26">