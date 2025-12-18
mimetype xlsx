--- v1 (2025-11-06)
+++ v2 (2025-12-18)
@@ -7974,50 +7974,53 @@
       </c>
       <c r="C79">
         <v>2</v>
       </c>
       <c r="D79">
         <v>3</v>
       </c>
       <c r="E79" t="str">
         <v>GEN</v>
       </c>
       <c r="F79" t="str">
         <v>T49</v>
       </c>
       <c r="G79">
         <v>49</v>
       </c>
       <c r="H79" t="str">
         <v>Al Kirkwood</v>
       </c>
       <c r="I79">
         <v>-1</v>
       </c>
       <c r="J79">
         <v>53</v>
       </c>
+      <c r="K79">
+        <v>163793</v>
+      </c>
       <c r="L79" t="str">
         <v>alkirkwoo</v>
       </c>
       <c r="M79">
         <v>-1</v>
       </c>
       <c r="N79">
         <v>53</v>
       </c>
       <c r="O79">
         <v>2</v>
       </c>
       <c r="P79">
         <v>3</v>
       </c>
       <c r="Q79">
         <v>3</v>
       </c>
       <c r="R79">
         <v>4</v>
       </c>
       <c r="S79">
         <v>2</v>
       </c>
       <c r="T79">