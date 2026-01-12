--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -550,307 +550,304 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>HVID</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Martin Jørgensen</v>
+        <v>Thomas Tristram</v>
       </c>
       <c r="E2">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="F2">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="G2">
-        <v>141081</v>
+        <v>210754</v>
       </c>
       <c r="H2" t="str">
-        <v>martinztr</v>
+        <v>tristram</v>
       </c>
       <c r="I2">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="J2">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y2">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>6</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
       <c r="AD2">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>HVID</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Thomas Tristram</v>
+        <v>Simon Simonsen</v>
       </c>
       <c r="E3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F3">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>210754</v>
+        <v>77</v>
       </c>
       <c r="H3" t="str">
-        <v>tristram</v>
+        <v>sbsimonsen</v>
       </c>
       <c r="I3">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J3">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X3">
         <v>4</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
+        <v>5</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
+        <v>4</v>
+      </c>
+      <c r="AC3">
         <v>6</v>
       </c>
-      <c r="AA3">
-[...7 lines deleted...]
-      </c>
       <c r="AD3">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>HVID</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Simon Simonsen</v>
+        <v>Martin Jørgensen</v>
       </c>
       <c r="E4">
-        <v>10</v>
+        <v>-2</v>
       </c>
       <c r="F4">
-        <v>77</v>
+        <v>61</v>
+      </c>
+      <c r="G4">
+        <v>141081</v>
       </c>
       <c r="H4" t="str">
-        <v>sbsimonsen</v>
+        <v>martinztr</v>
       </c>
       <c r="I4">
-        <v>10</v>
+        <v>-2</v>
       </c>
       <c r="J4">
-        <v>77</v>
+        <v>61</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD4">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GUL</v>
       </c>
       <c r="B5" t="str">
         <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>Jacob Stokholm</v>
       </c>
       <c r="E5">
         <v>3</v>
       </c>
       <c r="F5">
         <v>70</v>
       </c>
       <c r="H5" t="str">
         <v>jacobstokholm</v>
       </c>
       <c r="I5">