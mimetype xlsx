--- v0 (2025-11-19)
+++ v1 (2026-02-05)
@@ -2030,345 +2030,348 @@
       </c>
       <c r="W20">
         <v>2</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>2</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Gents</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Anders Sand Frogner</v>
+        <v>Sjur Martin Pedersen</v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
+      <c r="G21">
+        <v>320800</v>
+      </c>
       <c r="H21" t="str">
-        <v>kongkopa</v>
+        <v>sjurmi</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>4</v>
       </c>
       <c r="U21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="X21">
         <v>4</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Gents</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Even gjuvsland</v>
+        <v>Anders Sand Frogner</v>
       </c>
       <c r="E22">
         <v>10</v>
       </c>
       <c r="F22">
         <v>58</v>
       </c>
       <c r="H22" t="str">
-        <v>jervenkar</v>
+        <v>kongkopa</v>
       </c>
       <c r="I22">
         <v>10</v>
       </c>
       <c r="J22">
         <v>58</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
         <v>5</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Gents</v>
       </c>
       <c r="B23" t="str">
         <v>T20</v>
       </c>
       <c r="C23">
         <v>20</v>
       </c>
       <c r="D23" t="str">
-        <v>Fredrik Sjøli</v>
+        <v>Even gjuvsland</v>
       </c>
       <c r="E23">
         <v>10</v>
       </c>
       <c r="F23">
         <v>58</v>
       </c>
       <c r="H23" t="str">
-        <v>fredriksjoli98</v>
+        <v>jervenkar</v>
       </c>
       <c r="I23">
         <v>10</v>
       </c>
       <c r="J23">
         <v>58</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O23">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P23">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U23">
         <v>4</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z23">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Gents</v>
       </c>
       <c r="B24" t="str">
         <v>T20</v>
       </c>
       <c r="C24">
         <v>20</v>
       </c>
       <c r="D24" t="str">
-        <v>Sjur Martin Pedersen</v>
+        <v>Fredrik Sjøli</v>
       </c>
       <c r="E24">
         <v>10</v>
       </c>
       <c r="F24">
         <v>58</v>
       </c>
       <c r="H24" t="str">
-        <v>sjurmi</v>
+        <v>fredriksjoli98</v>
       </c>
       <c r="I24">
         <v>10</v>
       </c>
       <c r="J24">
         <v>58</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>4</v>
       </c>
       <c r="T24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
         <v>4</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Gents</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Espen Bergmann</v>
       </c>
       <c r="E25">
         <v>11</v>
       </c>
       <c r="F25">
         <v>59</v>
       </c>
       <c r="H25" t="str">
         <v>espen98</v>
       </c>
       <c r="I25">