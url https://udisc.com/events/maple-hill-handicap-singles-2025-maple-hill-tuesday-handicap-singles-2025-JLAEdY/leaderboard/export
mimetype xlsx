--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1740,51 +1740,51 @@
       </c>
     </row>
     <row r="14">
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>T4</v>
       </c>
       <c r="G14">
         <v>4</v>
       </c>
       <c r="H14" t="str">
         <v>Nathan Apetrei</v>
       </c>
       <c r="I14">
         <v>-1</v>
       </c>
       <c r="J14">
         <v>60</v>
       </c>
       <c r="K14">
         <v>206467</v>
       </c>
       <c r="L14" t="str">
-        <v>titties</v>
+        <v>obiwanwolfgang</v>
       </c>
       <c r="M14">
         <v>-1</v>
       </c>
       <c r="N14">
         <v>60</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>6</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>