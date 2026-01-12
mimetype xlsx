--- v0 (2025-11-28)
+++ v1 (2026-01-12)
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Shelby Cowen &amp; Monte Miller</v>
       </c>
       <c r="E4">
         <v>-13</v>
       </c>
       <c r="F4">
         <v>42</v>
       </c>
       <c r="H4" t="str">
-        <v>shelbybirdy,monster3</v>
+        <v>shelbycowen,monster3</v>
       </c>
       <c r="I4">
         <v>-13</v>
       </c>
       <c r="J4">
         <v>42</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>