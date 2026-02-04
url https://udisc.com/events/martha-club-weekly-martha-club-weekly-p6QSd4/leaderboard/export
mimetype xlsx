--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -2038,51 +2038,51 @@
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA4</v>
       </c>
       <c r="B19" t="str">
         <v>T3</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19" t="str">
         <v>Juan s</v>
       </c>
       <c r="E19">
         <v>12</v>
       </c>
       <c r="F19">
         <v>69</v>
       </c>
       <c r="H19" t="str">
-        <v>juansaucedo</v>
+        <v>juansauce</v>
       </c>
       <c r="I19">
         <v>12</v>
       </c>
       <c r="J19">
         <v>69</v>
       </c>
       <c r="K19">
         <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>