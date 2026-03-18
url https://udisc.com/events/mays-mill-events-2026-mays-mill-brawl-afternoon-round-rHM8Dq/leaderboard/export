--- v0 (2026-02-23)
+++ v1 (2026-03-18)
@@ -1313,950 +1313,947 @@
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>5</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Vince Whorley</v>
+        <v>Marley Augenreich</v>
       </c>
       <c r="E11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="H11" t="str">
-        <v>vincewhorley</v>
+        <v>marley1</v>
       </c>
       <c r="I11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J11">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="K11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>5</v>
+      </c>
+      <c r="R11">
+        <v>4</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>3</v>
+      </c>
+      <c r="U11">
+        <v>4</v>
+      </c>
       <c r="V11">
         <v>4</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
         <v>5</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Marley Augenreich</v>
+        <v>Greg Reynard</v>
       </c>
       <c r="E12">
+        <v>7</v>
+      </c>
+      <c r="F12">
+        <v>65</v>
+      </c>
+      <c r="G12">
+        <v>131582</v>
+      </c>
+      <c r="H12" t="str">
+        <v>gregreynard</v>
+      </c>
+      <c r="I12">
+        <v>7</v>
+      </c>
+      <c r="J12">
+        <v>65</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>2</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>5</v>
+      </c>
+      <c r="P12">
+        <v>2</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>5</v>
+      </c>
+      <c r="S12">
+        <v>4</v>
+      </c>
+      <c r="T12">
+        <v>2</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
         <v>6</v>
       </c>
-      <c r="F12">
-[...46 lines deleted...]
-      </c>
       <c r="W12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Greg Reynard</v>
+        <v>Brook Johnson</v>
       </c>
       <c r="E13">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F13">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G13">
-        <v>131582</v>
+        <v>108871</v>
       </c>
       <c r="H13" t="str">
-        <v>gregreynard</v>
+        <v>brooknicole48</v>
       </c>
       <c r="I13">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J13">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
         <v>5</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W13">
         <v>2</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>13</v>
+        <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Brook Johnson</v>
+        <v>Daniel Lee</v>
       </c>
       <c r="E14">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F14">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="G14">
-        <v>108871</v>
+        <v>122271</v>
       </c>
       <c r="H14" t="str">
-        <v>brooknicole48</v>
+        <v>danlee</v>
       </c>
       <c r="I14">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="J14">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>4</v>
+      </c>
+      <c r="U14">
+        <v>4</v>
+      </c>
+      <c r="V14">
+        <v>5</v>
+      </c>
+      <c r="W14">
+        <v>3</v>
+      </c>
+      <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
         <v>6</v>
       </c>
-      <c r="R14">
-[...22 lines deleted...]
-      </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Daniel Lee</v>
+        <v>Mike Hamilton</v>
       </c>
       <c r="E15">
         <v>11</v>
       </c>
       <c r="F15">
         <v>69</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15" t="str">
-        <v>danlee</v>
+        <v>mikejohnham</v>
       </c>
       <c r="I15">
         <v>11</v>
       </c>
       <c r="J15">
         <v>69</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>T15</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Mike Hamilton</v>
+        <v>Joshua Wyatt</v>
       </c>
       <c r="E16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F16">
-        <v>69</v>
+        <v>70</v>
+      </c>
+      <c r="G16">
+        <v>122277</v>
       </c>
       <c r="H16" t="str">
-        <v>mikejohnham</v>
+        <v>joshwyatt</v>
       </c>
       <c r="I16">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J16">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="K16">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>7</v>
+      </c>
+      <c r="R16">
+        <v>5</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+      <c r="T16">
+        <v>2</v>
+      </c>
+      <c r="U16">
+        <v>5</v>
+      </c>
+      <c r="V16">
+        <v>5</v>
+      </c>
+      <c r="W16">
+        <v>2</v>
+      </c>
+      <c r="X16">
+        <v>4</v>
+      </c>
+      <c r="Y16">
+        <v>3</v>
+      </c>
+      <c r="Z16">
+        <v>3</v>
+      </c>
+      <c r="AA16">
         <v>6</v>
       </c>
-      <c r="M16">
-[...43 lines deleted...]
-      </c>
       <c r="AB16">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Joshua Wyatt</v>
+        <v>Charlie Humphreys</v>
       </c>
       <c r="E17">
         <v>12</v>
       </c>
       <c r="F17">
         <v>70</v>
       </c>
       <c r="G17">
-        <v>122277</v>
+        <v>147937</v>
       </c>
       <c r="H17" t="str">
-        <v>joshwyatt</v>
+        <v>charlie1996</v>
       </c>
       <c r="I17">
         <v>12</v>
       </c>
       <c r="J17">
         <v>70</v>
       </c>
       <c r="K17">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>4</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="R17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V17">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA17">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AB17">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D18" t="str">
-        <v>Charlie Humphreys</v>
+        <v>Johnny Mack Brown</v>
       </c>
       <c r="E18">
         <v>12</v>
       </c>
       <c r="F18">
         <v>70</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
       <c r="H18" t="str">
-        <v>charlie1996</v>
+        <v>johnnyb10</v>
       </c>
       <c r="I18">
         <v>12</v>
       </c>
       <c r="J18">
         <v>70</v>
       </c>
       <c r="K18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>5</v>
       </c>
       <c r="R18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V18">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y18">
         <v>5</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T16</v>
+        <v>18</v>
       </c>
       <c r="C19">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Johnny Mack Brown</v>
+        <v>James Sharp</v>
       </c>
       <c r="E19">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F19">
-        <v>70</v>
+        <v>76</v>
+      </c>
+      <c r="G19">
+        <v>207895</v>
       </c>
       <c r="H19" t="str">
-        <v>johnnyb10</v>
+        <v>jfsharp88</v>
       </c>
       <c r="I19">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J19">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="K19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y19">
         <v>5</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA19">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>James Sharp</v>
+        <v>Brian smith</v>
       </c>
       <c r="E20">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F20">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>207895</v>
+        <v>78</v>
       </c>
       <c r="H20" t="str">
-        <v>jfsharp88</v>
+        <v>bsmith81</v>
       </c>
       <c r="I20">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="J20">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R20">
+        <v>5</v>
+      </c>
+      <c r="S20">
+        <v>3</v>
+      </c>
+      <c r="T20">
+        <v>3</v>
+      </c>
+      <c r="U20">
+        <v>4</v>
+      </c>
+      <c r="V20">
         <v>6</v>
       </c>
-      <c r="S20">
-[...10 lines deleted...]
-      </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y20">
         <v>5</v>
       </c>
       <c r="Z20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AA20">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="AB20">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Brian smith</v>
+        <v>Vince Whorley</v>
       </c>
       <c r="E21">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="F21">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="H21" t="str">
-        <v>bsmith81</v>
+        <v>vincewhorley</v>
       </c>
       <c r="I21">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="J21">
-        <v>78</v>
+        <v>45</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>6</v>
-[...16 lines deleted...]
-      <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y21">
         <v>5</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="AB21">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>