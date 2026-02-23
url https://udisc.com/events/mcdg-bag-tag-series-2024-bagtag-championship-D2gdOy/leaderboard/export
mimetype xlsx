--- v0 (2025-11-08)
+++ v1 (2026-02-23)
@@ -3284,50 +3284,53 @@
         <v>4</v>
       </c>
       <c r="AB33">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA3</v>
       </c>
       <c r="B34" t="str">
         <v>6</v>
       </c>
       <c r="C34">
         <v>6</v>
       </c>
       <c r="D34" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E34">
         <v>13</v>
       </c>
       <c r="F34">
         <v>76</v>
       </c>
+      <c r="G34">
+        <v>260871</v>
+      </c>
       <c r="H34" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I34">
         <v>13</v>
       </c>
       <c r="J34">
         <v>76</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>4</v>
       </c>
       <c r="M34">
         <v>5</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>
       <c r="P34">