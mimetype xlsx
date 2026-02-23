--- v0 (2025-11-10)
+++ v1 (2026-02-23)
@@ -5769,50 +5769,53 @@
         <v>2</v>
       </c>
       <c r="AE56">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>MA3</v>
       </c>
       <c r="B57" t="str">
         <v>14</v>
       </c>
       <c r="C57">
         <v>14</v>
       </c>
       <c r="D57" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E57">
         <v>16</v>
       </c>
       <c r="F57">
         <v>80</v>
       </c>
+      <c r="G57">
+        <v>260871</v>
+      </c>
       <c r="H57" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I57">
         <v>16</v>
       </c>
       <c r="J57">
         <v>80</v>
       </c>
       <c r="K57">
         <v>2</v>
       </c>
       <c r="L57">
         <v>4</v>
       </c>
       <c r="M57">
         <v>6</v>
       </c>
       <c r="N57">
         <v>2</v>
       </c>
       <c r="O57">
         <v>4</v>
       </c>
       <c r="P57">
@@ -6515,221 +6518,224 @@
       </c>
       <c r="AB64">
         <v>3</v>
       </c>
       <c r="AC64">
         <v>4</v>
       </c>
       <c r="AD64">
         <v>3</v>
       </c>
       <c r="AE64">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>MA4</v>
       </c>
       <c r="B65" t="str">
         <v>T7</v>
       </c>
       <c r="C65">
         <v>7</v>
       </c>
       <c r="D65" t="str">
-        <v>Curtis Presten</v>
+        <v>Patrick Belton</v>
       </c>
       <c r="E65">
         <v>11</v>
       </c>
       <c r="F65">
         <v>75</v>
       </c>
+      <c r="G65">
+        <v>320659</v>
+      </c>
       <c r="H65" t="str">
-        <v>skirrrtycurtis</v>
+        <v>pbelton</v>
       </c>
       <c r="I65">
         <v>11</v>
       </c>
       <c r="J65">
         <v>75</v>
       </c>
       <c r="K65">
         <v>3</v>
       </c>
       <c r="L65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N65">
         <v>3</v>
       </c>
       <c r="O65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P65">
         <v>4</v>
       </c>
       <c r="Q65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R65">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S65">
         <v>5</v>
       </c>
       <c r="T65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U65">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W65">
         <v>3</v>
       </c>
       <c r="X65">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y65">
         <v>3</v>
       </c>
       <c r="Z65">
         <v>4</v>
       </c>
       <c r="AA65">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB65">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC65">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD65">
         <v>3</v>
       </c>
       <c r="AE65">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="str">
         <v>MA4</v>
       </c>
       <c r="B66" t="str">
         <v>T7</v>
       </c>
       <c r="C66">
         <v>7</v>
       </c>
       <c r="D66" t="str">
-        <v>Patrick Belton</v>
+        <v>Curtis Presten</v>
       </c>
       <c r="E66">
         <v>11</v>
       </c>
       <c r="F66">
         <v>75</v>
       </c>
       <c r="H66" t="str">
-        <v>pbelton</v>
+        <v>skirrrtycurtis</v>
       </c>
       <c r="I66">
         <v>11</v>
       </c>
       <c r="J66">
         <v>75</v>
       </c>
       <c r="K66">
         <v>3</v>
       </c>
       <c r="L66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N66">
         <v>3</v>
       </c>
       <c r="O66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P66">
         <v>4</v>
       </c>
       <c r="Q66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R66">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S66">
         <v>5</v>
       </c>
       <c r="T66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U66">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W66">
         <v>3</v>
       </c>
       <c r="X66">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y66">
         <v>3</v>
       </c>
       <c r="Z66">
         <v>4</v>
       </c>
       <c r="AA66">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB66">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC66">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD66">
         <v>3</v>
       </c>
       <c r="AE66">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="str">
         <v>MA4</v>
       </c>
       <c r="B67" t="str">
         <v>T9</v>
       </c>
       <c r="C67">
         <v>9</v>
       </c>
       <c r="D67" t="str">
         <v>Chase Misenheimer</v>
       </c>
       <c r="E67">
         <v>12</v>
       </c>
       <c r="F67">
         <v>76</v>
       </c>
       <c r="G67">
         <v>228001</v>
       </c>
       <c r="H67" t="str">