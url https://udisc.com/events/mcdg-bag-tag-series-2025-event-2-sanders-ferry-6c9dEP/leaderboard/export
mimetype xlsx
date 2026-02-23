--- v0 (2025-11-08)
+++ v1 (2026-02-23)
@@ -3027,206 +3027,209 @@
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>5</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T2</v>
       </c>
       <c r="C31">
         <v>2</v>
       </c>
       <c r="D31" t="str">
-        <v>Jason Trautwein</v>
+        <v>Braxton wilson</v>
       </c>
       <c r="E31">
         <v>5</v>
       </c>
       <c r="F31">
         <v>62</v>
       </c>
       <c r="G31">
-        <v>270453</v>
+        <v>260871</v>
       </c>
       <c r="H31" t="str">
-        <v>lafish</v>
+        <v>bdubs89</v>
       </c>
       <c r="I31">
         <v>5</v>
       </c>
       <c r="J31">
         <v>62</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z31">
         <v>2</v>
       </c>
       <c r="AA31">
         <v>4</v>
       </c>
       <c r="AB31">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>T2</v>
       </c>
       <c r="C32">
         <v>2</v>
       </c>
       <c r="D32" t="str">
-        <v>Braxton wilson</v>
+        <v>Jason Trautwein</v>
       </c>
       <c r="E32">
         <v>5</v>
       </c>
       <c r="F32">
         <v>62</v>
       </c>
+      <c r="G32">
+        <v>270453</v>
+      </c>
       <c r="H32" t="str">
-        <v>bdubs89</v>
+        <v>lafish</v>
       </c>
       <c r="I32">
         <v>5</v>
       </c>
       <c r="J32">
         <v>62</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z32">
         <v>2</v>
       </c>
       <c r="AA32">
         <v>4</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA3</v>
       </c>
       <c r="B33" t="str">
         <v>T2</v>
       </c>
       <c r="C33">
         <v>2</v>
       </c>
       <c r="D33" t="str">
         <v>Jesse W. Smith</v>
       </c>
       <c r="E33">
         <v>5</v>
       </c>
       <c r="F33">
         <v>62</v>
       </c>
       <c r="H33" t="str">
         <v>fuzzyaccess</v>
       </c>
       <c r="I33">
@@ -4315,50 +4318,53 @@
       <c r="AA45">
         <v>5</v>
       </c>
       <c r="AB45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MA4</v>
       </c>
       <c r="B46" t="str">
         <v>T3</v>
       </c>
       <c r="C46">
         <v>3</v>
       </c>
       <c r="D46" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E46">
         <v>8</v>
       </c>
       <c r="F46">
         <v>65</v>
+      </c>
+      <c r="G46">
+        <v>320659</v>
       </c>
       <c r="H46" t="str">
         <v>pbelton</v>
       </c>
       <c r="I46">
         <v>8</v>
       </c>
       <c r="J46">
         <v>65</v>
       </c>
       <c r="K46">
         <v>3</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>4</v>
       </c>
       <c r="N46">
         <v>3</v>
       </c>
       <c r="O46">
         <v>4</v>
       </c>