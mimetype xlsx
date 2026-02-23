--- v0 (2025-12-16)
+++ v1 (2026-02-23)
@@ -3121,50 +3121,53 @@
         <v>4</v>
       </c>
       <c r="AE28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>4</v>
       </c>
       <c r="C29">
         <v>4</v>
       </c>
       <c r="D29" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E29">
         <v>-2</v>
       </c>
       <c r="F29">
         <v>62</v>
       </c>
+      <c r="G29">
+        <v>260871</v>
+      </c>
       <c r="H29" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I29">
         <v>-2</v>
       </c>
       <c r="J29">
         <v>62</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
@@ -5001,218 +5004,221 @@
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
       <c r="AC48">
         <v>4</v>
       </c>
       <c r="AD48">
         <v>4</v>
       </c>
       <c r="AE48">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>MA4</v>
       </c>
       <c r="B49" t="str">
         <v>T8</v>
       </c>
       <c r="C49">
         <v>8</v>
       </c>
       <c r="D49" t="str">
-        <v>Collin Stone</v>
+        <v>Patrick Belton</v>
       </c>
       <c r="E49">
         <v>10</v>
       </c>
       <c r="F49">
         <v>74</v>
       </c>
+      <c r="G49">
+        <v>320659</v>
+      </c>
       <c r="H49" t="str">
-        <v>collinmason615</v>
+        <v>pbelton</v>
       </c>
       <c r="I49">
         <v>10</v>
       </c>
       <c r="J49">
         <v>74</v>
       </c>
       <c r="K49">
         <v>4</v>
       </c>
       <c r="L49">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M49">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S49">
         <v>3</v>
       </c>
       <c r="T49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U49">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V49">
         <v>3</v>
       </c>
       <c r="W49">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X49">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA49">
         <v>3</v>
       </c>
       <c r="AB49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC49">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD49">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>MA4</v>
       </c>
       <c r="B50" t="str">
         <v>T8</v>
       </c>
       <c r="C50">
         <v>8</v>
       </c>
       <c r="D50" t="str">
-        <v>Patrick Belton</v>
+        <v>Collin Stone</v>
       </c>
       <c r="E50">
         <v>10</v>
       </c>
       <c r="F50">
         <v>74</v>
       </c>
       <c r="H50" t="str">
-        <v>pbelton</v>
+        <v>collinmason615</v>
       </c>
       <c r="I50">
         <v>10</v>
       </c>
       <c r="J50">
         <v>74</v>
       </c>
       <c r="K50">
         <v>4</v>
       </c>
       <c r="L50">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M50">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N50">
         <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S50">
         <v>3</v>
       </c>
       <c r="T50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V50">
         <v>3</v>
       </c>
       <c r="W50">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X50">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Y50">
         <v>3</v>
       </c>
       <c r="Z50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC50">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MA4</v>
       </c>
       <c r="B51" t="str">
         <v>11</v>
       </c>
       <c r="C51">
         <v>11</v>
       </c>
       <c r="D51" t="str">
         <v xml:space="preserve">Eric Woodard </v>
       </c>
       <c r="E51">
         <v>18</v>
       </c>
       <c r="F51">
         <v>82</v>
       </c>
       <c r="G51">