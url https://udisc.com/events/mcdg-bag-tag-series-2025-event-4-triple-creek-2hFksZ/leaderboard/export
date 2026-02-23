--- v0 (2025-11-08)
+++ v1 (2026-02-23)
@@ -2766,203 +2766,206 @@
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA3</v>
       </c>
       <c r="B28" t="str">
         <v>T10</v>
       </c>
       <c r="C28">
         <v>10</v>
       </c>
       <c r="D28" t="str">
-        <v>Pierson Rivera</v>
+        <v>Braxton wilson</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>62</v>
       </c>
       <c r="G28">
-        <v>265679</v>
+        <v>260871</v>
       </c>
       <c r="H28" t="str">
-        <v>piersonr</v>
+        <v>bdubs89</v>
       </c>
       <c r="I28">
         <v>7</v>
       </c>
       <c r="J28">
         <v>62</v>
       </c>
       <c r="K28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T10</v>
       </c>
       <c r="C29">
         <v>10</v>
       </c>
       <c r="D29" t="str">
-        <v>Braxton wilson</v>
+        <v>Pierson Rivera</v>
       </c>
       <c r="E29">
         <v>7</v>
       </c>
       <c r="F29">
         <v>62</v>
       </c>
+      <c r="G29">
+        <v>265679</v>
+      </c>
       <c r="H29" t="str">
-        <v>bdubs89</v>
+        <v>piersonr</v>
       </c>
       <c r="I29">
         <v>7</v>
       </c>
       <c r="J29">
         <v>62</v>
       </c>
       <c r="K29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
         <v>3</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA3</v>
       </c>
       <c r="B30" t="str">
         <v>12</v>
       </c>
       <c r="C30">
         <v>12</v>
       </c>
       <c r="D30" t="str">
         <v>Adam Buck</v>
       </c>
       <c r="E30">
         <v>10</v>
       </c>
       <c r="F30">
         <v>65</v>
       </c>
       <c r="G30">
@@ -3283,50 +3286,53 @@
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA4</v>
       </c>
       <c r="B34" t="str">
         <v>4</v>
       </c>
       <c r="C34">
         <v>4</v>
       </c>
       <c r="D34" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E34">
         <v>5</v>
       </c>
       <c r="F34">
         <v>60</v>
+      </c>
+      <c r="G34">
+        <v>320659</v>
       </c>
       <c r="H34" t="str">
         <v>pbelton</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34">
         <v>60</v>
       </c>
       <c r="K34">
         <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>4</v>
       </c>
       <c r="O34">
         <v>4</v>
       </c>