--- v0 (2025-11-10)
+++ v1 (2026-02-23)
@@ -2078,50 +2078,53 @@
         <v>4</v>
       </c>
       <c r="AE17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA3</v>
       </c>
       <c r="B18" t="str">
         <v>7</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E18">
         <v>7</v>
       </c>
       <c r="F18">
         <v>73</v>
       </c>
+      <c r="G18">
+        <v>260871</v>
+      </c>
       <c r="H18" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I18">
         <v>7</v>
       </c>
       <c r="J18">
         <v>73</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>5</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
@@ -2644,50 +2647,53 @@
       <c r="AD23">
         <v>4</v>
       </c>
       <c r="AE23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA4</v>
       </c>
       <c r="B24" t="str">
         <v>4</v>
       </c>
       <c r="C24">
         <v>4</v>
       </c>
       <c r="D24" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E24">
         <v>10</v>
       </c>
       <c r="F24">
         <v>76</v>
+      </c>
+      <c r="G24">
+        <v>320659</v>
       </c>
       <c r="H24" t="str">
         <v>pbelton</v>
       </c>
       <c r="I24">
         <v>10</v>
       </c>
       <c r="J24">
         <v>76</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>