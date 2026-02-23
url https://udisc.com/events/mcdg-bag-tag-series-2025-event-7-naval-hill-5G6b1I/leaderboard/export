--- v0 (2025-12-16)
+++ v1 (2026-02-23)
@@ -2485,50 +2485,53 @@
         <v>2</v>
       </c>
       <c r="AC23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>3</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>59</v>
       </c>
+      <c r="G24">
+        <v>260871</v>
+      </c>
       <c r="H24" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="J24">
         <v>59</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
@@ -3721,50 +3724,53 @@
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA4</v>
       </c>
       <c r="B38" t="str">
         <v>6</v>
       </c>
       <c r="C38">
         <v>6</v>
       </c>
       <c r="D38" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E38">
         <v>8</v>
       </c>
       <c r="F38">
         <v>67</v>
+      </c>
+      <c r="G38">
+        <v>320659</v>
       </c>
       <c r="H38" t="str">
         <v>pbelton</v>
       </c>
       <c r="I38">
         <v>8</v>
       </c>
       <c r="J38">
         <v>67</v>
       </c>
       <c r="K38">
         <v>4</v>
       </c>
       <c r="L38">
         <v>4</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>4</v>
       </c>
       <c r="O38">
         <v>2</v>
       </c>