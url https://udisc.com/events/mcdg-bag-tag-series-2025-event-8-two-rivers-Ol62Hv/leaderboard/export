--- v0 (2025-11-08)
+++ v1 (2026-02-23)
@@ -2087,206 +2087,209 @@
       </c>
       <c r="Y19">
         <v>2</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>6</v>
       </c>
       <c r="AB19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA3</v>
       </c>
       <c r="B20" t="str">
         <v>T6</v>
       </c>
       <c r="C20">
         <v>6</v>
       </c>
       <c r="D20" t="str">
-        <v>John Freiler</v>
+        <v>Braxton wilson</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>58</v>
       </c>
       <c r="G20">
-        <v>268626</v>
+        <v>260871</v>
       </c>
       <c r="H20" t="str">
-        <v>lonekthx</v>
+        <v>bdubs89</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20">
         <v>58</v>
       </c>
       <c r="K20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA3</v>
       </c>
       <c r="B21" t="str">
         <v>T6</v>
       </c>
       <c r="C21">
         <v>6</v>
       </c>
       <c r="D21" t="str">
-        <v>Braxton wilson</v>
+        <v>John Freiler</v>
       </c>
       <c r="E21">
         <v>1</v>
       </c>
       <c r="F21">
         <v>58</v>
       </c>
+      <c r="G21">
+        <v>268626</v>
+      </c>
       <c r="H21" t="str">
-        <v>bdubs89</v>
+        <v>lonekthx</v>
       </c>
       <c r="I21">
         <v>1</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S21">
         <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA3</v>
       </c>
       <c r="B22" t="str">
         <v>8</v>
       </c>
       <c r="C22">
         <v>8</v>
       </c>
       <c r="D22" t="str">
         <v>Ben Borske</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22">
         <v>60</v>
       </c>
       <c r="G22">
         <v>130332</v>
       </c>
       <c r="H22" t="str">
@@ -2435,50 +2438,53 @@
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA4</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
         <v>58</v>
+      </c>
+      <c r="G24">
+        <v>320659</v>
       </c>
       <c r="H24" t="str">
         <v>pbelton</v>
       </c>
       <c r="I24">
         <v>1</v>
       </c>
       <c r="J24">
         <v>58</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>5</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>