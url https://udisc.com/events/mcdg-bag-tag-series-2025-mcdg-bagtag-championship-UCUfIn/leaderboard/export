--- v0 (2025-12-16)
+++ v1 (2026-02-23)
@@ -2012,50 +2012,53 @@
         <v>3</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA3</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
         <v>Braxton wilson</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
         <v>66</v>
       </c>
+      <c r="G19">
+        <v>260871</v>
+      </c>
       <c r="H19" t="str">
         <v>bdubs89</v>
       </c>
       <c r="I19">
         <v>6</v>
       </c>
       <c r="J19">
         <v>66</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>6</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
@@ -2779,50 +2782,53 @@
       <c r="AA27">
         <v>4</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA4</v>
       </c>
       <c r="B28" t="str">
         <v>4</v>
       </c>
       <c r="C28">
         <v>4</v>
       </c>
       <c r="D28" t="str">
         <v>Patrick Belton</v>
       </c>
       <c r="E28">
         <v>13</v>
       </c>
       <c r="F28">
         <v>73</v>
+      </c>
+      <c r="G28">
+        <v>320659</v>
       </c>
       <c r="H28" t="str">
         <v>pbelton</v>
       </c>
       <c r="I28">
         <v>13</v>
       </c>
       <c r="J28">
         <v>73</v>
       </c>
       <c r="K28">
         <v>5</v>
       </c>
       <c r="L28">
         <v>6</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>