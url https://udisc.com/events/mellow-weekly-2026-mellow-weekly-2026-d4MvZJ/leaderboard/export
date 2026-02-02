--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB23"/>
+  <dimension ref="A1:AC23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -530,50 +530,53 @@
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
+      <c r="AC1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jeremiah Dwyer</v>
       </c>
       <c r="E2">
         <v>-9</v>
       </c>
       <c r="F2">
         <v>45</v>
       </c>
       <c r="H2" t="str">
         <v>jeremiahdwyer04</v>
       </c>
       <c r="I2">
         <v>-9</v>
@@ -613,50 +616,53 @@
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
+      <c r="AC2" t="str">
+        <v>36</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Dylan Light</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
       <c r="G3">
         <v>277297</v>
       </c>
       <c r="H3" t="str">
         <v>dylanlight19</v>
@@ -699,50 +705,53 @@
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
+      <c r="AC3" t="str">
+        <v>21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Tyler Winterbottom</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
         <v>50</v>
       </c>
       <c r="G4">
         <v>224097</v>
       </c>
       <c r="H4" t="str">
         <v>summertop</v>
@@ -785,50 +794,53 @@
       </c>
       <c r="U4">
         <v>4</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
+      <c r="AC4" t="str">
+        <v>14</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Clayton Baldus</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>52</v>
       </c>
       <c r="G5">
         <v>171529</v>
       </c>
       <c r="H5" t="str">
         <v>cbald16</v>
@@ -871,50 +883,53 @@
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
+      <c r="AC5" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Roger Dale Martin Jr</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>52</v>
       </c>
       <c r="G6">
         <v>192280</v>
       </c>
       <c r="H6" t="str">
         <v>rogerdalejr</v>
@@ -957,50 +972,53 @@
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>4</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
+      <c r="AC6" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Jeddrick Gamilla</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>52</v>
       </c>
       <c r="G7">
         <v>260806</v>
       </c>
       <c r="H7" t="str">
         <v>frizzgod</v>
@@ -1043,50 +1061,53 @@
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
+      <c r="AC7" t="str">
+        <v>5</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kyle Potter</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8">
         <v>93744</v>
       </c>
       <c r="H8" t="str">
         <v>kpotter386</v>
@@ -1384,50 +1405,53 @@
       </c>
       <c r="U11">
         <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>4</v>
       </c>
       <c r="Y11">
         <v>5</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
+      <c r="AC11" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
         <v>2</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12" t="str">
         <v>Austin Moser</v>
       </c>
       <c r="E12">
         <v>5</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
       <c r="G12">
         <v>230511</v>
       </c>
       <c r="H12" t="str">
         <v>amoser180</v>
@@ -1556,50 +1580,53 @@
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
+      <c r="AC13" t="str">
+        <v>24</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>T2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
         <v>Jon Hellwig</v>
       </c>
       <c r="E14">
         <v>-2</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="G14">
         <v>139298</v>
       </c>
       <c r="H14" t="str">
         <v>jonhellwig</v>
@@ -1642,50 +1669,53 @@
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
+      <c r="AC14" t="str">
+        <v>15</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA3</v>
       </c>
       <c r="B15" t="str">
         <v>T2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Ryan Wallace</v>
       </c>
       <c r="E15">
         <v>-2</v>
       </c>
       <c r="F15">
         <v>52</v>
       </c>
       <c r="G15">
         <v>161030</v>
       </c>
       <c r="H15" t="str">
         <v>wallae</v>
@@ -1728,50 +1758,53 @@
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
+      <c r="AC15" t="str">
+        <v>15</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA3</v>
       </c>
       <c r="B16" t="str">
         <v>4</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16" t="str">
         <v>Eric Edge</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16">
         <v>136413</v>
       </c>
       <c r="H16" t="str">
         <v>edge420</v>
@@ -2072,50 +2105,53 @@
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
         <v>4</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
+      <c r="AC19" t="str">
+        <v>9</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>FA3</v>
       </c>
       <c r="B20" t="str">
         <v>1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
         <v>Abby wilson</v>
       </c>
       <c r="E20">
         <v>16</v>
       </c>
       <c r="F20">
         <v>70</v>
       </c>
       <c r="G20">
         <v>301841</v>
       </c>
       <c r="H20" t="str">
         <v>abbyw64</v>
@@ -2158,50 +2194,53 @@
       </c>
       <c r="U20">
         <v>4</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>5</v>
       </c>
       <c r="Y20">
         <v>2</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>5</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
+      <c r="AC20" t="str">
+        <v>9</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>FA4</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Shay Farrier</v>
       </c>
       <c r="E21">
         <v>14</v>
       </c>
       <c r="F21">
         <v>68</v>
       </c>
       <c r="H21" t="str">
         <v>shayfarrier</v>
       </c>
       <c r="I21">
         <v>14</v>
@@ -2241,50 +2280,53 @@
       </c>
       <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>4</v>
       </c>
       <c r="X21">
         <v>4</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
+      <c r="AC21" t="str">
+        <v>18</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>FA4</v>
       </c>
       <c r="B22" t="str">
         <v>2</v>
       </c>
       <c r="C22">
         <v>2</v>
       </c>
       <c r="D22" t="str">
         <v>Chloe Schnyder</v>
       </c>
       <c r="E22">
         <v>20</v>
       </c>
       <c r="F22">
         <v>74</v>
       </c>
       <c r="H22" t="str">
         <v>chloeschnyder</v>
       </c>
       <c r="I22">
         <v>20</v>
@@ -2410,54 +2452,57 @@
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
         <v>2</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
+      <c r="AC23" t="str">
+        <v>9</v>
+      </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB23"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC23"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 