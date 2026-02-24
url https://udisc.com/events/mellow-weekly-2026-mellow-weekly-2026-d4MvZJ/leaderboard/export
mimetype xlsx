--- v1 (2026-02-02)
+++ v2 (2026-02-24)
@@ -2217,50 +2217,53 @@
         <v>4</v>
       </c>
       <c r="AC20" t="str">
         <v>9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>FA4</v>
       </c>
       <c r="B21" t="str">
         <v>1</v>
       </c>
       <c r="C21">
         <v>1</v>
       </c>
       <c r="D21" t="str">
         <v>Shay Farrier</v>
       </c>
       <c r="E21">
         <v>14</v>
       </c>
       <c r="F21">
         <v>68</v>
       </c>
+      <c r="G21">
+        <v>311729</v>
+      </c>
       <c r="H21" t="str">
         <v>shayfarrier</v>
       </c>
       <c r="I21">
         <v>14</v>
       </c>
       <c r="J21">
         <v>68</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>5</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">