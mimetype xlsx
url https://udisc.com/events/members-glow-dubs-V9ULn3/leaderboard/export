--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Member</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Team Dojo</v>
       </c>
       <c r="E2">
         <v>-14</v>
       </c>
       <c r="F2">
         <v>43</v>
       </c>
       <c r="H2" t="str">
-        <v>cbus420,cruise15441</v>
+        <v>cruise15441,cbus420</v>
       </c>
       <c r="I2">
         <v>-14</v>
       </c>
       <c r="J2">
         <v>43</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Member</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Jabba the putt</v>
       </c>
       <c r="E3">
         <v>-10</v>
       </c>
       <c r="F3">
         <v>47</v>
       </c>
       <c r="H3" t="str">
-        <v>coachhines3,zane0sanders</v>
+        <v>zane0sanders,coachhines3</v>
       </c>
       <c r="I3">
         <v>-10</v>
       </c>
       <c r="J3">
         <v>47</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Member</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>WayFinders</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>51</v>
       </c>
       <c r="H5" t="str">
-        <v>sandolla,charp7</v>
+        <v>charp7,sandolla</v>
       </c>
       <c r="I5">
         <v>-6</v>
       </c>
       <c r="J5">
         <v>51</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
@@ -883,51 +883,51 @@
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Member</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Maximurph</v>
       </c>
       <c r="E6">
         <v>-5</v>
       </c>
       <c r="F6">
         <v>52</v>
       </c>
       <c r="H6" t="str">
-        <v>kaikanemurphy,maxvannoort</v>
+        <v>maxvannoort,kaikanemurphy</v>
       </c>
       <c r="I6">
         <v>-5</v>
       </c>
       <c r="J6">
         <v>52</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>