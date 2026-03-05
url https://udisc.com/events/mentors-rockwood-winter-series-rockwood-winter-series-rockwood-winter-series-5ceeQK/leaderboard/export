--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -8054,236 +8054,239 @@
       </c>
       <c r="AE73">
         <v>3</v>
       </c>
       <c r="AF73">
         <v>5</v>
       </c>
       <c r="AG73">
         <v>2</v>
       </c>
       <c r="AH73">
         <v>3</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="str">
         <v>MA2</v>
       </c>
       <c r="B74" t="str">
         <v>T25</v>
       </c>
       <c r="C74">
         <v>25</v>
       </c>
       <c r="D74" t="str">
-        <v>Joey Garcia</v>
+        <v>Luis Reyes</v>
       </c>
       <c r="E74">
         <v>18</v>
       </c>
       <c r="F74">
         <v>90</v>
       </c>
+      <c r="G74">
+        <v>322049</v>
+      </c>
       <c r="H74" t="str">
-        <v>joeboat</v>
+        <v>luis0717</v>
       </c>
       <c r="I74">
         <v>18</v>
       </c>
       <c r="J74">
         <v>90</v>
       </c>
       <c r="K74">
         <v>4</v>
       </c>
       <c r="L74">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="M74">
         <v>4</v>
       </c>
       <c r="N74">
         <v>4</v>
       </c>
       <c r="O74">
         <v>3</v>
       </c>
       <c r="P74">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q74">
         <v>4</v>
       </c>
       <c r="R74">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U74">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="V74">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W74">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X74">
         <v>4</v>
       </c>
       <c r="Y74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA74">
         <v>3</v>
       </c>
       <c r="AB74">
         <v>4</v>
       </c>
       <c r="AC74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD74">
         <v>4</v>
       </c>
       <c r="AE74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AG74">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH74">
         <v>3</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="str">
         <v>MA2</v>
       </c>
       <c r="B75" t="str">
         <v>T25</v>
       </c>
       <c r="C75">
         <v>25</v>
       </c>
       <c r="D75" t="str">
-        <v>Luis Reyes</v>
+        <v>Joey Garcia</v>
       </c>
       <c r="E75">
         <v>18</v>
       </c>
       <c r="F75">
         <v>90</v>
       </c>
       <c r="H75" t="str">
-        <v>luis0717</v>
+        <v>joeboat</v>
       </c>
       <c r="I75">
         <v>18</v>
       </c>
       <c r="J75">
         <v>90</v>
       </c>
       <c r="K75">
         <v>4</v>
       </c>
       <c r="L75">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M75">
         <v>4</v>
       </c>
       <c r="N75">
         <v>4</v>
       </c>
       <c r="O75">
         <v>3</v>
       </c>
       <c r="P75">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q75">
         <v>4</v>
       </c>
       <c r="R75">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U75">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V75">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W75">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X75">
         <v>4</v>
       </c>
       <c r="Y75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA75">
         <v>3</v>
       </c>
       <c r="AB75">
         <v>4</v>
       </c>
       <c r="AC75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD75">
         <v>4</v>
       </c>
       <c r="AE75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF75">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AG75">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH75">
         <v>3</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="str">
         <v>MA2</v>
       </c>
       <c r="B76" t="str">
         <v>27</v>
       </c>
       <c r="C76">
         <v>27</v>
       </c>
       <c r="D76" t="str">
         <v>Arman petrosyan</v>
       </c>
       <c r="E76">
         <v>20</v>
       </c>
       <c r="F76">
         <v>92</v>
       </c>
       <c r="G76">