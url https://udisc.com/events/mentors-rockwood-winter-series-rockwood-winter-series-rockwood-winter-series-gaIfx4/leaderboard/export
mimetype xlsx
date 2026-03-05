--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -5867,242 +5867,245 @@
       </c>
       <c r="AF52">
         <v>3</v>
       </c>
       <c r="AG52">
         <v>3</v>
       </c>
       <c r="AH52">
         <v>5</v>
       </c>
       <c r="AI52" t="str">
         <v>5</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>MA2</v>
       </c>
       <c r="B53" t="str">
         <v>T14</v>
       </c>
       <c r="C53">
         <v>14</v>
       </c>
       <c r="D53" t="str">
-        <v>Daniel Kurtz</v>
+        <v xml:space="preserve">Luis Reyes </v>
       </c>
       <c r="E53">
         <v>4</v>
       </c>
       <c r="F53">
         <v>76</v>
       </c>
+      <c r="G53">
+        <v>322049</v>
+      </c>
       <c r="H53" t="str">
-        <v>twoclownsonfire</v>
+        <v>luis0717</v>
       </c>
       <c r="I53">
         <v>4</v>
       </c>
       <c r="J53">
         <v>76</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L53">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q53">
         <v>2</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>3</v>
       </c>
       <c r="T53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V53">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB53">
         <v>4</v>
       </c>
       <c r="AC53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF53">
         <v>3</v>
       </c>
       <c r="AG53">
         <v>4</v>
       </c>
       <c r="AH53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AI53" t="str">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>MA2</v>
       </c>
       <c r="B54" t="str">
         <v>T14</v>
       </c>
       <c r="C54">
         <v>14</v>
       </c>
       <c r="D54" t="str">
-        <v xml:space="preserve">Luis Reyes </v>
+        <v>Daniel Kurtz</v>
       </c>
       <c r="E54">
         <v>4</v>
       </c>
       <c r="F54">
         <v>76</v>
       </c>
       <c r="H54" t="str">
-        <v>luis0717</v>
+        <v>twoclownsonfire</v>
       </c>
       <c r="I54">
         <v>4</v>
       </c>
       <c r="J54">
         <v>76</v>
       </c>
       <c r="K54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L54">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q54">
         <v>2</v>
       </c>
       <c r="R54">
         <v>3</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V54">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W54">
         <v>3</v>
       </c>
       <c r="X54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA54">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB54">
         <v>4</v>
       </c>
       <c r="AC54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD54">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF54">
         <v>3</v>
       </c>
       <c r="AG54">
         <v>4</v>
       </c>
       <c r="AH54">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AI54" t="str">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>MA2</v>
       </c>
       <c r="B55" t="str">
         <v>T14</v>
       </c>
       <c r="C55">
         <v>14</v>
       </c>
       <c r="D55" t="str">
         <v>Rob fetherston</v>
       </c>
       <c r="E55">
         <v>4</v>
       </c>
       <c r="F55">
         <v>76</v>
       </c>
       <c r="H55" t="str">