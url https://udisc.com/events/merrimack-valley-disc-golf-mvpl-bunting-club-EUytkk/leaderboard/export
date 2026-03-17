--- v0 (2025-11-29)
+++ v1 (2026-03-17)
@@ -2120,50 +2120,53 @@
         <v>2</v>
       </c>
       <c r="U30">
         <v>4</v>
       </c>
       <c r="V30">
         <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>DDD</v>
       </c>
       <c r="B31" t="str">
         <v>DNF</v>
       </c>
       <c r="D31" t="str">
         <v>Eric Faulkner</v>
       </c>
       <c r="E31">
         <v>-9</v>
       </c>
       <c r="F31">
         <v>6</v>
       </c>
+      <c r="G31">
+        <v>321062</v>
+      </c>
       <c r="H31" t="str">
         <v>bedbugeddie</v>
       </c>
       <c r="I31">
         <v>-9</v>
       </c>
       <c r="J31">
         <v>6</v>
       </c>
       <c r="K31">
         <v>1</v>
       </c>
       <c r="M31">
         <v>1</v>
       </c>
       <c r="N31">
         <v>1</v>
       </c>
       <c r="S31">
         <v>2</v>
       </c>
       <c r="U31">
         <v>1</v>
       </c>
     </row>