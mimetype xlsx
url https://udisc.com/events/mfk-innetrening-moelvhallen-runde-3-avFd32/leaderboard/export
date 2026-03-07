--- v0 (2026-02-13)
+++ v1 (2026-03-07)
@@ -1395,50 +1395,53 @@
         <v>4</v>
       </c>
       <c r="AB11">
         <v>5</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Open</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Erik Haugen</v>
       </c>
       <c r="E12">
         <v>19</v>
       </c>
       <c r="F12">
         <v>73</v>
       </c>
+      <c r="G12">
+        <v>323406</v>
+      </c>
       <c r="H12" t="str">
         <v>erikh72</v>
       </c>
       <c r="I12">
         <v>19</v>
       </c>
       <c r="J12">
         <v>73</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>4</v>
       </c>
       <c r="N12">
         <v>5</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
@@ -1646,50 +1649,53 @@
       <c r="AA14">
         <v>5</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Open</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Marthe Haugen</v>
       </c>
       <c r="E15">
         <v>26</v>
       </c>
       <c r="F15">
         <v>80</v>
+      </c>
+      <c r="G15">
+        <v>323408</v>
       </c>
       <c r="H15" t="str">
         <v>marthehaugen</v>
       </c>
       <c r="I15">
         <v>26</v>
       </c>
       <c r="J15">
         <v>80</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>5</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>