--- v0 (2026-02-13)
+++ v1 (2026-03-07)
@@ -974,50 +974,53 @@
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Open</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Erik Haugen</v>
       </c>
       <c r="E7">
         <v>7</v>
       </c>
       <c r="F7">
         <v>61</v>
       </c>
+      <c r="G7">
+        <v>323406</v>
+      </c>
       <c r="H7" t="str">
         <v>erikh72</v>
       </c>
       <c r="I7">
         <v>7</v>
       </c>
       <c r="J7">
         <v>61</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
@@ -1474,50 +1477,53 @@
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Open</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Marthe Haugen</v>
       </c>
       <c r="E13">
         <v>14</v>
       </c>
       <c r="F13">
         <v>68</v>
+      </c>
+      <c r="G13">
+        <v>323408</v>
       </c>
       <c r="H13" t="str">
         <v>marthehaugen</v>
       </c>
       <c r="I13">
         <v>14</v>
       </c>
       <c r="J13">
         <v>68</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>