--- v0 (2026-02-13)
+++ v1 (2026-03-07)
@@ -636,50 +636,53 @@
         <v>3</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Open</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Erik Haugen</v>
       </c>
       <c r="E3">
         <v>2</v>
       </c>
       <c r="F3">
         <v>56</v>
       </c>
+      <c r="G3">
+        <v>323406</v>
+      </c>
       <c r="H3" t="str">
         <v>erikh72</v>
       </c>
       <c r="I3">
         <v>2</v>
       </c>
       <c r="J3">
         <v>56</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
@@ -1564,50 +1567,53 @@
         <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Open</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
         <v>Marthe Haugen</v>
       </c>
       <c r="E14">
         <v>24</v>
       </c>
       <c r="F14">
         <v>78</v>
       </c>
+      <c r="G14">
+        <v>323408</v>
+      </c>
       <c r="H14" t="str">
         <v>marthehaugen</v>
       </c>
       <c r="I14">
         <v>24</v>
       </c>
       <c r="J14">
         <v>78</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>4</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
@@ -1633,54 +1639,51 @@
       </c>
       <c r="W14">
         <v>5</v>
       </c>
       <c r="X14">
         <v>5</v>
       </c>
       <c r="Y14">
         <v>5</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>5</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Open</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Adrian Johnsen Crawford</v>
       </c>
       <c r="E15">
         <v>68</v>
       </c>
       <c r="F15">
         <v>119</v>
       </c>
       <c r="G15">
         <v>312829</v>
       </c>
       <c r="H15" t="str">
         <v>adrianjc</v>
       </c>
       <c r="I15">
         <v>68</v>
       </c>
       <c r="J15">
         <v>119</v>
       </c>
       <c r="K15">
         <v>7</v>
       </c>