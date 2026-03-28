--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1918,51 +1918,51 @@
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T13</v>
       </c>
       <c r="C18">
         <v>13</v>
       </c>
       <c r="D18" t="str">
         <v>Bradley Davis</v>
       </c>
       <c r="E18">
         <v>-1</v>
       </c>
       <c r="F18">
         <v>53</v>
       </c>
       <c r="H18" t="str">
-        <v>bdavis0220</v>
+        <v>shankymcputts</v>
       </c>
       <c r="I18">
         <v>-1</v>
       </c>
       <c r="J18">
         <v>53</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>