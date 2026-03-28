--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2244,51 +2244,51 @@
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T19</v>
       </c>
       <c r="C22">
         <v>19</v>
       </c>
       <c r="D22" t="str">
         <v>Bradley Davis</v>
       </c>
       <c r="E22">
         <v>-3</v>
       </c>
       <c r="F22">
         <v>51</v>
       </c>
       <c r="H22" t="str">
-        <v>bdavis0220</v>
+        <v>shankymcputts</v>
       </c>
       <c r="I22">
         <v>-3</v>
       </c>
       <c r="J22">
         <v>51</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>