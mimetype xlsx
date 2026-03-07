--- v0 (2026-02-01)
+++ v1 (2026-03-07)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB60"/>
+  <dimension ref="A1:AB56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -963,790 +963,805 @@
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T3</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D7" t="str">
-        <v>Steve Massey</v>
+        <v>Jamie Simino</v>
       </c>
       <c r="E7">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="F7">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>191317</v>
+        <v>45</v>
       </c>
       <c r="H7" t="str">
-        <v>cervezamassey</v>
+        <v>jamiesimino</v>
       </c>
       <c r="I7">
-        <v>-8</v>
+        <v>-9</v>
       </c>
       <c r="J7">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Federico Marin</v>
+        <v>Brock Logan</v>
       </c>
       <c r="E8">
         <v>-8</v>
       </c>
       <c r="F8">
         <v>46</v>
       </c>
       <c r="G8">
-        <v>296347</v>
+        <v>165312</v>
       </c>
       <c r="H8" t="str">
-        <v>lombian11</v>
+        <v>bflogan77</v>
       </c>
       <c r="I8">
         <v>-8</v>
       </c>
       <c r="J8">
         <v>46</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Jamie Simino</v>
+        <v>Steve Massey</v>
       </c>
       <c r="E9">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F9">
-        <v>41</v>
+        <v>46</v>
+      </c>
+      <c r="G9">
+        <v>191317</v>
       </c>
       <c r="H9" t="str">
-        <v>jamiesimino</v>
+        <v>cervezamassey</v>
       </c>
       <c r="I9">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J9">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
+        <v>2</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D10" t="str">
-        <v>Brock Logan</v>
+        <v>Justin Burklow</v>
       </c>
       <c r="E10">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F10">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G10">
-        <v>165312</v>
+        <v>241286</v>
       </c>
       <c r="H10" t="str">
-        <v>bflogan77</v>
+        <v>jburklow</v>
       </c>
       <c r="I10">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J10">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>2</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AA10">
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C11">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D11" t="str">
-        <v>Justin Burklow</v>
+        <v>Federico Marin</v>
       </c>
       <c r="E11">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="F11">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G11">
-        <v>241286</v>
+        <v>296347</v>
       </c>
       <c r="H11" t="str">
-        <v>jburklow</v>
+        <v>lombian11</v>
       </c>
       <c r="I11">
-        <v>-7</v>
+        <v>-8</v>
       </c>
       <c r="J11">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
+        <v>3</v>
+      </c>
+      <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T8</v>
+        <v>T11</v>
       </c>
       <c r="C12">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Tyler Peyton</v>
+        <v>Mark Ohlson</v>
       </c>
       <c r="E12">
         <v>-7</v>
       </c>
       <c r="F12">
-        <v>44</v>
+        <v>47</v>
+      </c>
+      <c r="G12">
+        <v>87868</v>
       </c>
       <c r="H12" t="str">
-        <v>tacoswithtito</v>
+        <v>markohlson</v>
       </c>
       <c r="I12">
         <v>-7</v>
       </c>
       <c r="J12">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
+      <c r="Z12">
+        <v>3</v>
+      </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T8</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Mark Ohlson</v>
+        <v>Patrick Hall</v>
       </c>
       <c r="E13">
         <v>-7</v>
       </c>
       <c r="F13">
         <v>47</v>
       </c>
       <c r="G13">
-        <v>87868</v>
+        <v>103495</v>
       </c>
       <c r="H13" t="str">
-        <v>markohlson</v>
+        <v>ten50six</v>
       </c>
       <c r="I13">
         <v>-7</v>
       </c>
       <c r="J13">
         <v>47</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T8</v>
+        <v>T11</v>
       </c>
       <c r="C14">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D14" t="str">
-        <v>Patrick Hall</v>
+        <v>Matthew Smith</v>
       </c>
       <c r="E14">
         <v>-7</v>
       </c>
       <c r="F14">
         <v>47</v>
       </c>
       <c r="G14">
-        <v>103495</v>
+        <v>146373</v>
       </c>
       <c r="H14" t="str">
-        <v>ten50six</v>
+        <v>mattsmithdc</v>
       </c>
       <c r="I14">
         <v>-7</v>
       </c>
       <c r="J14">
         <v>47</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>2</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T8</v>
+        <v>T11</v>
       </c>
       <c r="C15">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D15" t="str">
-        <v>Matthew Smith</v>
+        <v>Tyler Peyton</v>
       </c>
       <c r="E15">
         <v>-7</v>
       </c>
       <c r="F15">
         <v>47</v>
       </c>
-      <c r="G15">
-[...1 lines deleted...]
-      </c>
       <c r="H15" t="str">
-        <v>mattsmithdc</v>
+        <v>tacoswithtito</v>
       </c>
       <c r="I15">
         <v>-7</v>
       </c>
       <c r="J15">
         <v>47</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>2</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>2</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA15">
         <v>2</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Matt Mihoover</v>
       </c>
       <c r="E16">
         <v>-5</v>
       </c>
       <c r="F16">
@@ -2229,615 +2244,618 @@
       </c>
       <c r="Y21">
         <v>2</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Joel Jonker</v>
+        <v>Scott Gardner</v>
       </c>
       <c r="E22">
         <v>-3</v>
       </c>
       <c r="F22">
-        <v>48</v>
+        <v>51</v>
+      </c>
+      <c r="G22">
+        <v>25706</v>
       </c>
       <c r="H22" t="str">
-        <v>treetopflyer</v>
+        <v>sjgardner</v>
       </c>
       <c r="I22">
         <v>-3</v>
       </c>
       <c r="J22">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
+      <c r="Z22">
+        <v>3</v>
+      </c>
       <c r="AA22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Scott Gardner</v>
+        <v>Justin Peck</v>
       </c>
       <c r="E23">
         <v>-3</v>
       </c>
       <c r="F23">
         <v>51</v>
       </c>
       <c r="G23">
-        <v>25706</v>
+        <v>125121</v>
       </c>
       <c r="H23" t="str">
-        <v>sjgardner</v>
+        <v>nitsuj101</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>51</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S23">
         <v>3</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
         <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>2</v>
       </c>
       <c r="AB23">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
-        <v>Justin Peck</v>
+        <v>Shea Grzebinski</v>
       </c>
       <c r="E24">
         <v>-3</v>
       </c>
       <c r="F24">
         <v>51</v>
       </c>
       <c r="G24">
-        <v>125121</v>
+        <v>150038</v>
       </c>
       <c r="H24" t="str">
-        <v>nitsuj101</v>
+        <v>sheagrz</v>
       </c>
       <c r="I24">
         <v>-3</v>
       </c>
       <c r="J24">
         <v>51</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M24">
         <v>2</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
         <v>2</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
-        <v>Shea Grzebinski</v>
+        <v>Cray Novick</v>
       </c>
       <c r="E25">
         <v>-3</v>
       </c>
       <c r="F25">
         <v>51</v>
       </c>
       <c r="G25">
-        <v>150038</v>
+        <v>269882</v>
       </c>
       <c r="H25" t="str">
-        <v>sheagrz</v>
+        <v>craytreez</v>
       </c>
       <c r="I25">
         <v>-3</v>
       </c>
       <c r="J25">
         <v>51</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>4</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
         <v>3</v>
       </c>
       <c r="X25">
         <v>2</v>
       </c>
       <c r="Y25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T21</v>
       </c>
       <c r="C26">
         <v>21</v>
       </c>
       <c r="D26" t="str">
-        <v>Cray Novick</v>
+        <v>Alissa Dunn</v>
       </c>
       <c r="E26">
         <v>-3</v>
       </c>
       <c r="F26">
         <v>51</v>
       </c>
-      <c r="G26">
-[...1 lines deleted...]
-      </c>
       <c r="H26" t="str">
-        <v>craytreez</v>
+        <v>alissadunn80016</v>
       </c>
       <c r="I26">
         <v>-3</v>
       </c>
       <c r="J26">
         <v>51</v>
       </c>
       <c r="K26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W26">
         <v>3</v>
       </c>
       <c r="X26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>2</v>
       </c>
       <c r="AB26">
         <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T21</v>
       </c>
       <c r="C27">
         <v>21</v>
       </c>
       <c r="D27" t="str">
-        <v>Alissa Dunn</v>
+        <v>Clifton Stockhoff</v>
       </c>
       <c r="E27">
         <v>-3</v>
       </c>
       <c r="F27">
         <v>51</v>
       </c>
       <c r="H27" t="str">
-        <v>alissadunn80016</v>
+        <v>shuin01</v>
       </c>
       <c r="I27">
         <v>-3</v>
       </c>
       <c r="J27">
         <v>51</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M27">
         <v>2</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q27">
         <v>2</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>2</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>T21</v>
       </c>
       <c r="C28">
         <v>21</v>
       </c>
       <c r="D28" t="str">
-        <v>Clifton Stockhoff</v>
+        <v>Joel Jonker</v>
       </c>
       <c r="E28">
         <v>-3</v>
       </c>
       <c r="F28">
         <v>51</v>
       </c>
       <c r="H28" t="str">
-        <v>shuin01</v>
+        <v>treetopflyer</v>
       </c>
       <c r="I28">
         <v>-3</v>
       </c>
       <c r="J28">
         <v>51</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q28">
         <v>2</v>
       </c>
       <c r="R28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U28">
         <v>4</v>
       </c>
       <c r="V28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W28">
         <v>2</v>
       </c>
       <c r="X28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y28">
         <v>2</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
@@ -2988,452 +3006,458 @@
       </c>
       <c r="Y30">
         <v>2</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Jason Castro</v>
+        <v>Dalton Janak</v>
       </c>
       <c r="E31">
         <v>-1</v>
       </c>
       <c r="F31">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H31" t="str">
-        <v>sidemoney1</v>
+        <v>honeyman</v>
       </c>
       <c r="I31">
         <v>-1</v>
       </c>
       <c r="J31">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="K31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S31">
         <v>4</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
         <v>3</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T30</v>
       </c>
       <c r="C32">
         <v>30</v>
       </c>
       <c r="D32" t="str">
-        <v>Dalton Janak</v>
+        <v>Jason Castro</v>
       </c>
       <c r="E32">
         <v>-1</v>
       </c>
       <c r="F32">
         <v>53</v>
       </c>
       <c r="H32" t="str">
-        <v>honeyman</v>
+        <v>sidemoney1</v>
       </c>
       <c r="I32">
         <v>-1</v>
       </c>
       <c r="J32">
         <v>53</v>
       </c>
       <c r="K32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S32">
         <v>4</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
         <v>3</v>
       </c>
       <c r="W32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>Bradley Davis</v>
+        <v>Joshua Myrmoe</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="G33">
+        <v>38839</v>
       </c>
       <c r="H33" t="str">
-        <v>bdavis0220</v>
+        <v>thatguy42</v>
       </c>
       <c r="I33">
         <v>0</v>
       </c>
       <c r="J33">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>2</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U33">
         <v>4</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
         <v>3</v>
       </c>
       <c r="X33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y33">
         <v>3</v>
       </c>
       <c r="Z33">
         <v>3</v>
       </c>
+      <c r="AA33">
+        <v>2</v>
+      </c>
       <c r="AB33">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T32</v>
       </c>
       <c r="C34">
         <v>32</v>
       </c>
       <c r="D34" t="str">
-        <v>Joshua Myrmoe</v>
+        <v>Matt Jenkins</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
         <v>54</v>
       </c>
       <c r="G34">
-        <v>38839</v>
+        <v>288238</v>
       </c>
       <c r="H34" t="str">
-        <v>thatguy42</v>
+        <v>guardianmatt</v>
       </c>
       <c r="I34">
         <v>0</v>
       </c>
       <c r="J34">
         <v>54</v>
       </c>
       <c r="K34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>2</v>
       </c>
       <c r="N34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S34">
         <v>3</v>
       </c>
       <c r="T34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34">
         <v>3</v>
       </c>
       <c r="X34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z34">
         <v>3</v>
       </c>
       <c r="AA34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB34">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T32</v>
       </c>
       <c r="C35">
         <v>32</v>
       </c>
       <c r="D35" t="str">
-        <v>Matt Jenkins</v>
+        <v>Bradley Davis</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>54</v>
       </c>
-      <c r="G35">
-[...1 lines deleted...]
-      </c>
       <c r="H35" t="str">
-        <v>guardianmatt</v>
+        <v>bdavis0220</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>54</v>
       </c>
       <c r="K35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>
       <c r="Q35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R35">
         <v>3</v>
       </c>
       <c r="S35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T35">
         <v>2</v>
       </c>
       <c r="U35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
         <v>3</v>
       </c>
       <c r="X35">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z35">
         <v>3</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T32</v>
       </c>
       <c r="C36">
         <v>32</v>
       </c>
       <c r="D36" t="str">
         <v>David Wills</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>54</v>
       </c>
       <c r="H36" t="str">
         <v>davidwills</v>
       </c>
       <c r="I36">
@@ -3569,191 +3593,194 @@
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
         <v>3</v>
       </c>
       <c r="AA37">
         <v>3</v>
       </c>
       <c r="AB37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v>Justin Partain</v>
+        <v>Devon Thomas</v>
       </c>
       <c r="E38">
         <v>1</v>
       </c>
       <c r="F38">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H38" t="str">
-        <v>parpartain</v>
+        <v>dt23jj</v>
       </c>
       <c r="I38">
         <v>1</v>
       </c>
       <c r="J38">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q38">
         <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T38">
         <v>3</v>
       </c>
       <c r="U38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
         <v>3</v>
       </c>
       <c r="X38">
         <v>3</v>
       </c>
       <c r="Y38">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z38">
+        <v>3</v>
+      </c>
+      <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T37</v>
       </c>
       <c r="C39">
         <v>37</v>
       </c>
       <c r="D39" t="str">
-        <v>Devon Thomas</v>
+        <v>Justin Partain</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>55</v>
       </c>
       <c r="H39" t="str">
-        <v>dt23jj</v>
+        <v>parpartain</v>
       </c>
       <c r="I39">
         <v>1</v>
       </c>
       <c r="J39">
         <v>55</v>
       </c>
       <c r="K39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>
       <c r="P39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q39">
         <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T39">
         <v>3</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
         <v>3</v>
       </c>
       <c r="X39">
         <v>3</v>
       </c>
       <c r="Y39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z39">
         <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T37</v>
       </c>
       <c r="C40">
         <v>37</v>
       </c>
       <c r="D40" t="str">
         <v>Kolpek</v>
       </c>
       <c r="E40">
@@ -3898,277 +3925,283 @@
       </c>
       <c r="Y41">
         <v>2</v>
       </c>
       <c r="Z41">
         <v>5</v>
       </c>
       <c r="AA41">
         <v>2</v>
       </c>
       <c r="AB41">
         <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>T41</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="str">
-        <v>Bret Lamsma</v>
+        <v>Ryan Foley</v>
       </c>
       <c r="E42">
         <v>2</v>
       </c>
       <c r="F42">
-        <v>53</v>
+        <v>56</v>
+      </c>
+      <c r="G42">
+        <v>223872</v>
       </c>
       <c r="H42" t="str">
-        <v>blamsma</v>
+        <v>ryanfoley</v>
       </c>
       <c r="I42">
         <v>2</v>
       </c>
       <c r="J42">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="K42">
         <v>4</v>
       </c>
       <c r="L42">
         <v>3</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
         <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T42">
         <v>3</v>
       </c>
       <c r="U42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V42">
         <v>3</v>
       </c>
       <c r="W42">
         <v>3</v>
       </c>
       <c r="X42">
         <v>3</v>
       </c>
       <c r="Y42">
         <v>2</v>
+      </c>
+      <c r="Z42">
+        <v>4</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>3</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>T41</v>
       </c>
       <c r="C43">
         <v>41</v>
       </c>
       <c r="D43" t="str">
-        <v>Ethan C</v>
+        <v>Bret Lamsma</v>
       </c>
       <c r="E43">
         <v>2</v>
       </c>
       <c r="F43">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H43" t="str">
-        <v>ecleve14</v>
+        <v>blamsma</v>
       </c>
       <c r="I43">
         <v>2</v>
       </c>
       <c r="J43">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="K43">
         <v>4</v>
       </c>
       <c r="L43">
         <v>3</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>3</v>
       </c>
       <c r="P43">
         <v>3</v>
       </c>
       <c r="Q43">
         <v>3</v>
       </c>
       <c r="R43">
         <v>3</v>
       </c>
       <c r="S43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T43">
         <v>3</v>
       </c>
       <c r="U43">
         <v>4</v>
       </c>
       <c r="V43">
         <v>3</v>
       </c>
       <c r="W43">
         <v>3</v>
       </c>
       <c r="X43">
         <v>3</v>
       </c>
       <c r="Y43">
+        <v>2</v>
+      </c>
+      <c r="Z43">
         <v>3</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T41</v>
       </c>
       <c r="C44">
         <v>41</v>
       </c>
       <c r="D44" t="str">
-        <v>Ryan Foley</v>
+        <v>Ethan C</v>
       </c>
       <c r="E44">
         <v>2</v>
       </c>
       <c r="F44">
         <v>56</v>
       </c>
-      <c r="G44">
-[...1 lines deleted...]
-      </c>
       <c r="H44" t="str">
-        <v>ryanfoley</v>
+        <v>ecleve14</v>
       </c>
       <c r="I44">
         <v>2</v>
       </c>
       <c r="J44">
         <v>56</v>
       </c>
       <c r="K44">
         <v>4</v>
       </c>
       <c r="L44">
         <v>3</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
         <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>3</v>
       </c>
       <c r="Q44">
         <v>3</v>
       </c>
       <c r="R44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
         <v>3</v>
       </c>
       <c r="U44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V44">
         <v>3</v>
       </c>
       <c r="W44">
         <v>3</v>
       </c>
       <c r="X44">
         <v>3</v>
       </c>
       <c r="Y44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T41</v>
       </c>
       <c r="C45">
         <v>41</v>
       </c>
       <c r="D45" t="str">
         <v>Josh Lipshaw</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45">
@@ -4310,764 +4343,788 @@
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
         <v>4</v>
       </c>
       <c r="AA46">
         <v>2</v>
       </c>
       <c r="AB46">
         <v>2</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T46</v>
       </c>
       <c r="C47">
         <v>46</v>
       </c>
       <c r="D47" t="str">
-        <v>Travis</v>
+        <v>Mike Slayer</v>
       </c>
       <c r="E47">
         <v>3</v>
       </c>
       <c r="F47">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="H47" t="str">
-        <v>reignman</v>
+        <v>slayerbount</v>
       </c>
       <c r="I47">
         <v>3</v>
       </c>
       <c r="J47">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="K47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N47">
         <v>3</v>
       </c>
       <c r="O47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q47">
         <v>3</v>
       </c>
       <c r="R47">
         <v>2</v>
       </c>
       <c r="S47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U47">
         <v>4</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
         <v>3</v>
       </c>
       <c r="X47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AA47">
+        <v>3</v>
+      </c>
+      <c r="AB47">
+        <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
       <c r="B48" t="str">
         <v>T46</v>
       </c>
       <c r="C48">
         <v>46</v>
       </c>
       <c r="D48" t="str">
-        <v>Mike Slayer</v>
+        <v>Seb Hayman</v>
       </c>
       <c r="E48">
         <v>3</v>
       </c>
       <c r="F48">
         <v>57</v>
       </c>
       <c r="H48" t="str">
-        <v>slayerbount</v>
+        <v>schayman</v>
       </c>
       <c r="I48">
         <v>3</v>
       </c>
       <c r="J48">
         <v>57</v>
       </c>
       <c r="K48">
         <v>3</v>
       </c>
       <c r="L48">
         <v>3</v>
       </c>
       <c r="M48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N48">
         <v>3</v>
       </c>
       <c r="O48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P48">
         <v>3</v>
       </c>
       <c r="Q48">
         <v>3</v>
       </c>
       <c r="R48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U48">
         <v>4</v>
       </c>
       <c r="V48">
         <v>3</v>
       </c>
       <c r="W48">
         <v>3</v>
       </c>
       <c r="X48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y48">
         <v>3</v>
       </c>
       <c r="Z48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA48">
         <v>3</v>
       </c>
       <c r="AB48">
         <v>3</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
       <c r="B49" t="str">
         <v>T46</v>
       </c>
       <c r="C49">
         <v>46</v>
       </c>
       <c r="D49" t="str">
-        <v>Seb Hayman</v>
+        <v>Travis</v>
       </c>
       <c r="E49">
         <v>3</v>
       </c>
       <c r="F49">
         <v>57</v>
       </c>
       <c r="H49" t="str">
-        <v>schayman</v>
+        <v>reignman</v>
       </c>
       <c r="I49">
         <v>3</v>
       </c>
       <c r="J49">
         <v>57</v>
       </c>
       <c r="K49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M49">
         <v>2</v>
       </c>
       <c r="N49">
         <v>3</v>
       </c>
       <c r="O49">
         <v>3</v>
       </c>
       <c r="P49">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q49">
         <v>3</v>
       </c>
       <c r="R49">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S49">
         <v>4</v>
       </c>
       <c r="T49">
         <v>4</v>
       </c>
       <c r="U49">
         <v>4</v>
       </c>
       <c r="V49">
         <v>3</v>
       </c>
       <c r="W49">
         <v>3</v>
       </c>
       <c r="X49">
         <v>3</v>
       </c>
       <c r="Y49">
         <v>3</v>
       </c>
       <c r="Z49">
         <v>4</v>
       </c>
       <c r="AA49">
         <v>3</v>
       </c>
       <c r="AB49">
         <v>3</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="str">
         <v>GEN</v>
       </c>
       <c r="B50" t="str">
         <v>T49</v>
       </c>
       <c r="C50">
         <v>49</v>
       </c>
       <c r="D50" t="str">
-        <v>Bryan Posthumus</v>
+        <v>Bob Kroha</v>
       </c>
       <c r="E50">
         <v>5</v>
       </c>
       <c r="F50">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H50" t="str">
-        <v>gundogpostie</v>
+        <v>bobkroha</v>
       </c>
       <c r="I50">
         <v>5</v>
       </c>
       <c r="J50">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="K50">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M50">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O50">
         <v>3</v>
       </c>
       <c r="P50">
         <v>3</v>
       </c>
       <c r="Q50">
         <v>3</v>
       </c>
       <c r="R50">
         <v>3</v>
       </c>
       <c r="S50">
         <v>4</v>
       </c>
       <c r="T50">
         <v>3</v>
       </c>
       <c r="U50">
         <v>4</v>
       </c>
       <c r="V50">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W50">
         <v>3</v>
       </c>
       <c r="X50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y50">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Z50">
+        <v>4</v>
       </c>
       <c r="AA50">
         <v>3</v>
       </c>
       <c r="AB50">
         <v>3</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>GEN</v>
       </c>
       <c r="B51" t="str">
         <v>T49</v>
       </c>
       <c r="C51">
         <v>49</v>
       </c>
       <c r="D51" t="str">
-        <v>Bob Kroha</v>
+        <v xml:space="preserve">Duane Brown </v>
       </c>
       <c r="E51">
         <v>5</v>
       </c>
       <c r="F51">
         <v>59</v>
       </c>
       <c r="H51" t="str">
-        <v>bobkroha</v>
+        <v>dewalt5</v>
       </c>
       <c r="I51">
         <v>5</v>
       </c>
       <c r="J51">
         <v>59</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
       <c r="L51">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N51">
         <v>3</v>
       </c>
       <c r="O51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P51">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q51">
         <v>3</v>
       </c>
       <c r="R51">
         <v>3</v>
       </c>
       <c r="S51">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U51">
         <v>4</v>
       </c>
       <c r="V51">
         <v>4</v>
       </c>
       <c r="W51">
         <v>3</v>
       </c>
       <c r="X51">
         <v>3</v>
       </c>
       <c r="Y51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z51">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA51">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB51">
         <v>3</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
-        <v>T49</v>
+        <v>T51</v>
       </c>
       <c r="C52">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D52" t="str">
-        <v xml:space="preserve">Duane Brown </v>
+        <v xml:space="preserve">Bonnie Huggins </v>
       </c>
       <c r="E52">
+        <v>6</v>
+      </c>
+      <c r="F52">
+        <v>60</v>
+      </c>
+      <c r="H52" t="str">
+        <v>saltybitch</v>
+      </c>
+      <c r="I52">
+        <v>6</v>
+      </c>
+      <c r="J52">
+        <v>60</v>
+      </c>
+      <c r="K52">
+        <v>4</v>
+      </c>
+      <c r="L52">
+        <v>3</v>
+      </c>
+      <c r="M52">
+        <v>3</v>
+      </c>
+      <c r="N52">
+        <v>3</v>
+      </c>
+      <c r="O52">
+        <v>4</v>
+      </c>
+      <c r="P52">
+        <v>3</v>
+      </c>
+      <c r="Q52">
+        <v>3</v>
+      </c>
+      <c r="R52">
+        <v>3</v>
+      </c>
+      <c r="S52">
+        <v>4</v>
+      </c>
+      <c r="T52">
+        <v>3</v>
+      </c>
+      <c r="U52">
+        <v>4</v>
+      </c>
+      <c r="V52">
+        <v>3</v>
+      </c>
+      <c r="W52">
+        <v>3</v>
+      </c>
+      <c r="X52">
+        <v>3</v>
+      </c>
+      <c r="Y52">
+        <v>3</v>
+      </c>
+      <c r="Z52">
         <v>5</v>
       </c>
-      <c r="F52">
-[...58 lines deleted...]
-      </c>
       <c r="AA52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB52">
         <v>3</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
-        <v>52</v>
+        <v>T51</v>
       </c>
       <c r="C53">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D53" t="str">
-        <v xml:space="preserve">Bonnie Huggins </v>
+        <v>Bryan Posthumus</v>
       </c>
       <c r="E53">
         <v>6</v>
       </c>
       <c r="F53">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H53" t="str">
-        <v>saltybitch</v>
+        <v>gundogpostie</v>
       </c>
       <c r="I53">
         <v>6</v>
       </c>
       <c r="J53">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="K53">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L53">
         <v>3</v>
       </c>
       <c r="M53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
         <v>3</v>
       </c>
       <c r="S53">
         <v>4</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
         <v>4</v>
       </c>
       <c r="V53">
         <v>3</v>
       </c>
       <c r="W53">
         <v>3</v>
       </c>
       <c r="X53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y53">
         <v>3</v>
       </c>
       <c r="Z53">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="AA53">
+        <v>3</v>
+      </c>
+      <c r="AB53">
+        <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>53</v>
       </c>
       <c r="C54">
         <v>53</v>
       </c>
       <c r="D54" t="str">
         <v>LDuran</v>
       </c>
       <c r="E54">
         <v>8</v>
       </c>
       <c r="F54">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="G54">
         <v>295932</v>
       </c>
       <c r="H54" t="str">
         <v>flightline</v>
       </c>
       <c r="I54">
         <v>8</v>
       </c>
       <c r="J54">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="K54">
         <v>4</v>
       </c>
       <c r="L54">
         <v>2</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>4</v>
       </c>
       <c r="O54">
         <v>3</v>
       </c>
       <c r="P54">
         <v>5</v>
       </c>
       <c r="Q54">
         <v>4</v>
       </c>
       <c r="R54">
         <v>4</v>
       </c>
       <c r="S54">
         <v>5</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
       <c r="U54">
         <v>3</v>
       </c>
       <c r="V54">
         <v>4</v>
       </c>
       <c r="W54">
         <v>3</v>
       </c>
       <c r="X54">
         <v>3</v>
       </c>
       <c r="Y54">
         <v>2</v>
       </c>
       <c r="Z54">
         <v>3</v>
       </c>
+      <c r="AA54">
+        <v>3</v>
+      </c>
       <c r="AB54">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>GEN</v>
       </c>
       <c r="B55" t="str">
         <v>54</v>
       </c>
       <c r="C55">
         <v>54</v>
       </c>
       <c r="D55" t="str">
         <v>Deja Elias</v>
       </c>
       <c r="E55">
         <v>13</v>
       </c>
       <c r="F55">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H55" t="str">
         <v>deelias33</v>
       </c>
       <c r="I55">
         <v>13</v>
       </c>
       <c r="J55">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="K55">
         <v>4</v>
       </c>
       <c r="L55">
         <v>4</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
         <v>4</v>
       </c>
       <c r="O55">
         <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
         <v>4</v>
       </c>
       <c r="R55">
         <v>4</v>
       </c>
       <c r="S55">
         <v>5</v>
       </c>
       <c r="T55">
         <v>3</v>
       </c>
       <c r="U55">
         <v>5</v>
       </c>
       <c r="V55">
         <v>4</v>
       </c>
       <c r="W55">
         <v>4</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
         <v>4</v>
       </c>
       <c r="Z55">
         <v>4</v>
       </c>
+      <c r="AA55">
+        <v>3</v>
+      </c>
+      <c r="AB55">
+        <v>3</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
         <v>55</v>
       </c>
       <c r="C56">
         <v>55</v>
       </c>
       <c r="D56" t="str">
         <v xml:space="preserve">Garrett Olejniczak </v>
       </c>
       <c r="E56">
         <v>30</v>
       </c>
       <c r="F56">
         <v>84</v>
       </c>
       <c r="H56" t="str">
         <v>garretto</v>
       </c>
       <c r="I56">
         <v>30</v>
@@ -5108,145 +5165,53 @@
       <c r="U56">
         <v>8</v>
       </c>
       <c r="V56">
         <v>8</v>
       </c>
       <c r="W56">
         <v>8</v>
       </c>
       <c r="X56">
         <v>8</v>
       </c>
       <c r="Y56">
         <v>8</v>
       </c>
       <c r="Z56">
         <v>4</v>
       </c>
       <c r="AA56">
         <v>4</v>
       </c>
       <c r="AB56">
         <v>2</v>
       </c>
     </row>
-    <row r="57">
-[...90 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB60"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB56"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 