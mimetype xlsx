--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -3353,51 +3353,51 @@
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T32</v>
       </c>
       <c r="C35">
         <v>32</v>
       </c>
       <c r="D35" t="str">
         <v>Bradley Davis</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
         <v>54</v>
       </c>
       <c r="H35" t="str">
-        <v>bdavis0220</v>
+        <v>shankymcputts</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="J35">
         <v>54</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>