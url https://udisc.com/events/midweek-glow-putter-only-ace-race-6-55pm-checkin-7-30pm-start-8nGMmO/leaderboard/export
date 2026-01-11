--- v0 (2025-11-27)
+++ v1 (2026-01-11)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB18"/>
+  <dimension ref="A1:AB16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -536,643 +536,585 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Cash</v>
       </c>
       <c r="B2" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D2" t="str">
-        <v>Travis Hill</v>
+        <v>Dalin Farren</v>
       </c>
       <c r="E2">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="F2">
-        <v>44</v>
+        <v>1</v>
+      </c>
+      <c r="G2">
+        <v>98145</v>
       </c>
       <c r="H2" t="str">
-        <v>hulk7987</v>
+        <v>tydollasign</v>
       </c>
       <c r="I2">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="J2">
-        <v>44</v>
-[...35 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="W2">
-        <v>3</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Cash</v>
       </c>
       <c r="B3" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
-        <v>Flapavelli</v>
+        <v>Bradley Davis</v>
       </c>
       <c r="E3">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H3" t="str">
-        <v>flapavelli</v>
+        <v>bdavis0220</v>
       </c>
       <c r="I3">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J3">
-        <v>3</v>
-[...7 lines deleted...]
-      <c r="T3">
+        <v>1</v>
+      </c>
+      <c r="R3">
         <v>1</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Cash</v>
       </c>
       <c r="B4" t="str">
-        <v>T2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D4" t="str">
-        <v>Colten Kiesow</v>
+        <v xml:space="preserve">Duane Brown </v>
       </c>
       <c r="E4">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="F4">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>ckiesow420</v>
+        <v>dewalt5</v>
       </c>
       <c r="I4">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="J4">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="K4">
-        <v>2</v>
-[...47 lines deleted...]
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Cash</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>DNF</v>
       </c>
       <c r="D5" t="str">
-        <v>Charlie Graver</v>
+        <v>Stefan Herrington</v>
       </c>
       <c r="E5">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="F5">
         <v>2</v>
       </c>
       <c r="H5" t="str">
-        <v>wallawallace</v>
+        <v>sespata</v>
       </c>
       <c r="I5">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J5">
         <v>2</v>
       </c>
-      <c r="N5">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="X5">
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Cash</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Dalin Farren</v>
+        <v>drewish</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>1</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="str">
-        <v>tydollasign</v>
+        <v>daddydrewlok</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>1</v>
       </c>
-      <c r="W6">
+      <c r="O6">
         <v>1</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Cash</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Bradley Davis</v>
+        <v>Charlie Graver</v>
       </c>
       <c r="E7">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="F7">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H7" t="str">
-        <v>bdavis0220</v>
+        <v>wallawallace</v>
       </c>
       <c r="I7">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="J7">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="R7">
+        <v>2</v>
+      </c>
+      <c r="N7">
+        <v>1</v>
+      </c>
+      <c r="S7">
         <v>1</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Cash</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v xml:space="preserve">Duane Brown </v>
+        <v>Flapavelli</v>
       </c>
       <c r="E8">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="F8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H8" t="str">
-        <v>dewalt5</v>
+        <v>flapavelli</v>
       </c>
       <c r="I8">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="J8">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="P8">
+        <v>1</v>
+      </c>
+      <c r="T8">
         <v>1</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Cash</v>
       </c>
       <c r="B9" t="str">
-        <v>T5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>drewish</v>
+        <v>Colten Kiesow</v>
       </c>
       <c r="E9">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="F9">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="H9" t="str">
-        <v>daddydrewlok</v>
+        <v>ckiesow420</v>
       </c>
       <c r="I9">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="J9">
-        <v>1</v>
+        <v>45</v>
+      </c>
+      <c r="K9">
+        <v>2</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>2</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>2</v>
+      </c>
+      <c r="R9">
+        <v>2</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Cash</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Stefan Herrington</v>
+        <v>Travis Hill</v>
       </c>
       <c r="E10">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="F10">
-        <v>2</v>
+        <v>44</v>
       </c>
       <c r="H10" t="str">
-        <v>sespata</v>
+        <v>hulk7987</v>
       </c>
       <c r="I10">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="J10">
-        <v>2</v>
+        <v>44</v>
+      </c>
+      <c r="K10">
+        <v>2</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>2</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>2</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="S10">
+        <v>2</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
       </c>
       <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>3</v>
+      </c>
+      <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Cash</v>
       </c>
+      <c r="B11" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D11" t="str">
         <v>Dalton Janak</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="H11" t="str">
         <v>honeyman</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Cash</v>
       </c>
+      <c r="B12" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D12" t="str">
         <v>Gardner Ewing</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>225823</v>
       </c>
       <c r="H12" t="str">
         <v>gardner56</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Cash</v>
       </c>
+      <c r="B13" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D13" t="str">
         <v>Jeff Weber</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="G13">
         <v>299569</v>
       </c>
       <c r="H13" t="str">
         <v>jdbweber</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Cash</v>
       </c>
+      <c r="B14" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D14" t="str">
         <v xml:space="preserve">Rob Metzger </v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="G14">
         <v>169777</v>
       </c>
       <c r="H14" t="str">
         <v>robmetzger</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Cash</v>
       </c>
+      <c r="B15" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D15" t="str">
         <v>'Chop' Feuerhaken</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>35669</v>
       </c>
       <c r="H15" t="str">
         <v>chop1620</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Cash</v>
       </c>
+      <c r="B16" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D16" t="str">
         <v>Gaura Shakti</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="H16" t="str">
         <v>gaurawebster</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
-    <row r="17">
-[...47 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 