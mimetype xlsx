--- v0 (2025-10-19)
+++ v1 (2025-12-19)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AL14"/>
+  <dimension ref="A1:AM12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -570,173 +570,203 @@
       </c>
       <c r="AE1" t="str">
         <v>hole_20</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_21</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_22</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_23</v>
       </c>
       <c r="AI1" t="str">
         <v>hole_24</v>
       </c>
       <c r="AJ1" t="str">
         <v>hole_25</v>
       </c>
       <c r="AK1" t="str">
         <v>hole_26</v>
       </c>
       <c r="AL1" t="str">
         <v>hole_27</v>
       </c>
+      <c r="AM1" t="str">
+        <v>payout</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Robin Johnson</v>
+        <v>Danny Laughlin</v>
       </c>
       <c r="E2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F2">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
-        <v>22716</v>
+        <v>110476</v>
       </c>
       <c r="I2" t="str">
-        <v>rjthediscgolfer</v>
+        <v>bandanadan3</v>
       </c>
       <c r="J2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K2">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>5</v>
       </c>
       <c r="O2">
         <v>5</v>
       </c>
       <c r="P2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>4</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD2">
         <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
+      </c>
+      <c r="AF2">
+        <v>3</v>
+      </c>
+      <c r="AG2">
+        <v>4</v>
+      </c>
+      <c r="AH2">
+        <v>3</v>
+      </c>
+      <c r="AI2">
+        <v>2</v>
+      </c>
+      <c r="AJ2">
+        <v>2</v>
+      </c>
+      <c r="AK2">
+        <v>3</v>
+      </c>
+      <c r="AL2">
+        <v>3</v>
+      </c>
+      <c r="AM2" t="str">
+        <v>30</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Ben Lewis</v>
       </c>
       <c r="E3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F3">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
         <v>bigbenny024</v>
       </c>
       <c r="J3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="K3">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>6</v>
       </c>
       <c r="N3">
         <v>6</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">
         <v>5</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
@@ -750,153 +780,207 @@
         <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>4</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>4</v>
+      </c>
+      <c r="AE3">
+        <v>3</v>
+      </c>
+      <c r="AF3">
+        <v>4</v>
+      </c>
+      <c r="AG3">
+        <v>3</v>
+      </c>
+      <c r="AH3">
+        <v>3</v>
+      </c>
+      <c r="AI3">
+        <v>2</v>
+      </c>
+      <c r="AJ3">
+        <v>3</v>
+      </c>
+      <c r="AK3">
+        <v>4</v>
+      </c>
+      <c r="AL3">
+        <v>4</v>
+      </c>
+      <c r="AM3" t="str">
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Danny Laughlin</v>
+        <v>Robin Johnson</v>
       </c>
       <c r="E4">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F4">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
-        <v>110476</v>
+        <v>22716</v>
       </c>
       <c r="I4" t="str">
-        <v>bandanadan3</v>
+        <v>rjthediscgolfer</v>
       </c>
       <c r="J4">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="K4">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>5</v>
       </c>
       <c r="O4">
         <v>5</v>
       </c>
       <c r="P4">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>4</v>
+      </c>
+      <c r="AG4">
+        <v>5</v>
+      </c>
+      <c r="AH4">
+        <v>4</v>
+      </c>
+      <c r="AI4">
+        <v>3</v>
+      </c>
+      <c r="AJ4">
+        <v>3</v>
+      </c>
+      <c r="AK4">
+        <v>3</v>
+      </c>
+      <c r="AL4">
+        <v>4</v>
+      </c>
+      <c r="AM4" t="str">
+        <v>11.50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Chip Hurlbut</v>
       </c>
       <c r="E5">
         <v>7</v>
       </c>
       <c r="F5">
         <v>96</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>57254</v>
       </c>
       <c r="I5" t="str">
         <v>chipdeafdg</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
       <c r="K5">
         <v>96</v>
       </c>
@@ -958,50 +1042,53 @@
         <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>4</v>
       </c>
       <c r="AH5">
         <v>3</v>
       </c>
       <c r="AI5">
         <v>3</v>
       </c>
       <c r="AJ5">
         <v>3</v>
       </c>
       <c r="AK5">
         <v>3</v>
       </c>
       <c r="AL5">
         <v>4</v>
+      </c>
+      <c r="AM5" t="str">
+        <v>11.50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Tyrel Wilding</v>
       </c>
       <c r="E6">
         <v>8</v>
       </c>
       <c r="F6">
         <v>97</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
@@ -1090,66 +1177,66 @@
       </c>
       <c r="AJ6">
         <v>3</v>
       </c>
       <c r="AK6">
         <v>4</v>
       </c>
       <c r="AL6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jason Valentine</v>
       </c>
       <c r="E7">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="I7" t="str">
         <v>wickedsic</v>
       </c>
       <c r="J7">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K7">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>6</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
@@ -1163,50 +1250,74 @@
         <v>3</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>5</v>
       </c>
       <c r="AB7">
         <v>6</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
         <v>2</v>
+      </c>
+      <c r="AE7">
+        <v>3</v>
+      </c>
+      <c r="AF7">
+        <v>3</v>
+      </c>
+      <c r="AG7">
+        <v>4</v>
+      </c>
+      <c r="AH7">
+        <v>3</v>
+      </c>
+      <c r="AI7">
+        <v>3</v>
+      </c>
+      <c r="AJ7">
+        <v>2</v>
+      </c>
+      <c r="AK7">
+        <v>4</v>
+      </c>
+      <c r="AL7">
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Kevin Gundrum</v>
       </c>
       <c r="E8">
         <v>18</v>
       </c>
       <c r="F8">
         <v>107</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
@@ -1515,308 +1626,283 @@
       </c>
       <c r="AF10">
         <v>4</v>
       </c>
       <c r="AG10">
         <v>2</v>
       </c>
       <c r="AH10">
         <v>4</v>
       </c>
       <c r="AI10">
         <v>4</v>
       </c>
       <c r="AJ10">
         <v>4</v>
       </c>
       <c r="AK10">
         <v>3</v>
       </c>
       <c r="AL10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>MPO</v>
+        <v>MA1</v>
       </c>
       <c r="B11" t="str">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D11" t="str">
-        <v>Joshua Novak</v>
+        <v>Matt Meinhardt</v>
       </c>
       <c r="E11">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="F11">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>20760</v>
+      </c>
       <c r="I11" t="str">
-        <v>zappyop</v>
+        <v>meinhardt</v>
       </c>
       <c r="J11">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="K11">
-        <v>137</v>
+        <v>115</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N11">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O11">
         <v>9</v>
       </c>
       <c r="P11">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="U11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X11">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE11">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AF11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AG11">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AH11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AJ11">
         <v>3</v>
       </c>
       <c r="AK11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AL11">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AM11" t="str">
+        <v>16</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA1</v>
       </c>
       <c r="B12" t="str">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D12" t="str">
-        <v>Matt Meinhardt</v>
+        <v>Joshua Novak</v>
       </c>
       <c r="E12">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F12">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="G12">
         <v>1</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
       <c r="I12" t="str">
-        <v>meinhardt</v>
+        <v>zappyop</v>
       </c>
       <c r="J12">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="K12">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="L12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N12">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="O12">
         <v>9</v>
       </c>
       <c r="P12">
+        <v>7</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>4</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+      <c r="T12">
+        <v>9</v>
+      </c>
+      <c r="U12">
+        <v>5</v>
+      </c>
+      <c r="V12">
+        <v>8</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
         <v>6</v>
       </c>
-      <c r="Q12">
-[...22 lines deleted...]
-      </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD12">
-        <v>4</v>
-[...51 lines deleted...]
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="AE12">
+        <v>6</v>
+      </c>
+      <c r="AF12">
+        <v>5</v>
+      </c>
+      <c r="AG12">
+        <v>6</v>
+      </c>
+      <c r="AH12">
+        <v>3</v>
+      </c>
+      <c r="AI12">
+        <v>4</v>
+      </c>
+      <c r="AJ12">
+        <v>3</v>
+      </c>
+      <c r="AK12">
+        <v>5</v>
+      </c>
+      <c r="AL12">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AL14"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AM12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 