--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -3563,51 +3563,51 @@
       </c>
       <c r="AK28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>FA1</v>
       </c>
       <c r="B29" t="str">
         <v>2</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29" t="str">
         <v>Brandy Ovenell</v>
       </c>
       <c r="E29">
         <v>16</v>
       </c>
       <c r="F29">
         <v>97</v>
       </c>
       <c r="H29" t="str">
-        <v>brandy69</v>
+        <v>brandyo</v>
       </c>
       <c r="I29">
         <v>16</v>
       </c>
       <c r="J29">
         <v>97</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>4</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>