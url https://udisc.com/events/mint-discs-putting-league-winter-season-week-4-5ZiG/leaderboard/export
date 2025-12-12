--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -3031,51 +3031,51 @@
       </c>
       <c r="AK23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>FA1</v>
       </c>
       <c r="B24" t="str">
         <v>1</v>
       </c>
       <c r="C24">
         <v>1</v>
       </c>
       <c r="D24" t="str">
         <v>Brandy Ovenell</v>
       </c>
       <c r="E24">
         <v>17</v>
       </c>
       <c r="F24">
         <v>98</v>
       </c>
       <c r="H24" t="str">
-        <v>brandy69</v>
+        <v>brandyo</v>
       </c>
       <c r="I24">
         <v>17</v>
       </c>
       <c r="J24">
         <v>98</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>