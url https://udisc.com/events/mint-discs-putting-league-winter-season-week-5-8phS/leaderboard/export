--- v0 (2025-10-11)
+++ v1 (2025-12-12)
@@ -3474,51 +3474,51 @@
       </c>
       <c r="AL27" t="str">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>FA1</v>
       </c>
       <c r="B28" t="str">
         <v>2</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28" t="str">
         <v>Brandy Ovenell</v>
       </c>
       <c r="E28">
         <v>17</v>
       </c>
       <c r="F28">
         <v>98</v>
       </c>
       <c r="H28" t="str">
-        <v>brandy69</v>
+        <v>brandyo</v>
       </c>
       <c r="I28">
         <v>17</v>
       </c>
       <c r="J28">
         <v>98</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>4</v>
       </c>